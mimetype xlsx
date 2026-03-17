--- v0 (2026-01-17)
+++ v1 (2026-03-17)
@@ -2,98 +2,101 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="c:\pwwork\jessica.goodwin\dms28759\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DDC841DB-CA63-4A8C-991F-EB2CED8FC6F4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2E89480A-E615-47D8-A510-9E5257B8C1B1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15270" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15270" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Signal Total revised" sheetId="22403" r:id="rId1"/>
     <sheet name="Lighting Total  revised" sheetId="22402" r:id="rId2"/>
     <sheet name="SignalLighting Total" sheetId="525" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Lighting Total  revised'!$A$1:$F$17</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Signal Total revised'!$A$1:$F$91</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="2">'SignalLighting Total'!$A$1:$F$187</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Signal Total revised'!$A$1:$F$89</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">'SignalLighting Total'!$A$1:$F$188</definedName>
     <definedName name="Print_Area_MI" localSheetId="1">'Lighting Total  revised'!#REF!</definedName>
     <definedName name="Print_Area_MI" localSheetId="0">'Signal Total revised'!#REF!</definedName>
     <definedName name="Print_Area_MI">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="F189" i="525" l="1"/>
+  <c r="F87" i="525" l="1"/>
+  <c r="F33" i="22403"/>
   <c r="F190" i="525"/>
-  <c r="F88" i="22403"/>
-  <c r="F89" i="22403"/>
+  <c r="F191" i="525"/>
+  <c r="F86" i="22403"/>
   <c r="F87" i="22403"/>
+  <c r="F85" i="22403"/>
+  <c r="F189" i="525"/>
+  <c r="F84" i="22403"/>
   <c r="F188" i="525"/>
-  <c r="F86" i="22403"/>
   <c r="F187" i="525"/>
   <c r="F186" i="525"/>
   <c r="F185" i="525"/>
   <c r="F184" i="525"/>
   <c r="F183" i="525"/>
   <c r="F182" i="525"/>
   <c r="F181" i="525"/>
   <c r="F180" i="525"/>
   <c r="F179" i="525"/>
   <c r="F178" i="525"/>
   <c r="F177" i="525"/>
   <c r="F176" i="525"/>
   <c r="F175" i="525"/>
   <c r="F174" i="525"/>
   <c r="F173" i="525"/>
   <c r="F172" i="525"/>
   <c r="F171" i="525"/>
   <c r="F170" i="525"/>
   <c r="F169" i="525"/>
   <c r="F168" i="525"/>
   <c r="F167" i="525"/>
   <c r="F166" i="525"/>
   <c r="F165" i="525"/>
   <c r="F164" i="525"/>
   <c r="F163" i="525"/>
@@ -150,51 +153,50 @@
   <c r="F112" i="525"/>
   <c r="F111" i="525"/>
   <c r="F110" i="525"/>
   <c r="F109" i="525"/>
   <c r="F108" i="525"/>
   <c r="F107" i="525"/>
   <c r="F106" i="525"/>
   <c r="F105" i="525"/>
   <c r="F104" i="525"/>
   <c r="F103" i="525"/>
   <c r="F102" i="525"/>
   <c r="F101" i="525"/>
   <c r="F100" i="525"/>
   <c r="F99" i="525"/>
   <c r="F98" i="525"/>
   <c r="F97" i="525"/>
   <c r="F96" i="525"/>
   <c r="F95" i="525"/>
   <c r="F94" i="525"/>
   <c r="F93" i="525"/>
   <c r="F92" i="525"/>
   <c r="F91" i="525"/>
   <c r="F90" i="525"/>
   <c r="F89" i="525"/>
   <c r="F88" i="525"/>
-  <c r="F87" i="525"/>
   <c r="F86" i="525"/>
   <c r="F85" i="525"/>
   <c r="F84" i="525"/>
   <c r="F83" i="525"/>
   <c r="F82" i="525"/>
   <c r="F81" i="525"/>
   <c r="F80" i="525"/>
   <c r="F79" i="525"/>
   <c r="F78" i="525"/>
   <c r="F77" i="525"/>
   <c r="F76" i="525"/>
   <c r="F75" i="525"/>
   <c r="F74" i="525"/>
   <c r="F73" i="525"/>
   <c r="F72" i="525"/>
   <c r="F71" i="525"/>
   <c r="F70" i="525"/>
   <c r="F69" i="525"/>
   <c r="F68" i="525"/>
   <c r="F67" i="525"/>
   <c r="F66" i="525"/>
   <c r="F65" i="525"/>
   <c r="F64" i="525"/>
   <c r="F63" i="525"/>
   <c r="F62" i="525"/>
@@ -296,133 +298,130 @@
   <c r="F34" i="22402"/>
   <c r="F33" i="22402"/>
   <c r="F32" i="22402"/>
   <c r="F31" i="22402"/>
   <c r="F30" i="22402"/>
   <c r="F29" i="22402"/>
   <c r="F28" i="22402"/>
   <c r="F27" i="22402"/>
   <c r="F26" i="22402"/>
   <c r="F25" i="22402"/>
   <c r="F24" i="22402"/>
   <c r="F23" i="22402"/>
   <c r="F22" i="22402"/>
   <c r="F21" i="22402"/>
   <c r="F20" i="22402"/>
   <c r="F19" i="22402"/>
   <c r="F18" i="22402"/>
   <c r="F17" i="22402"/>
   <c r="F16" i="22402"/>
   <c r="F15" i="22402"/>
   <c r="F14" i="22402"/>
   <c r="F13" i="22402"/>
   <c r="F12" i="22402"/>
   <c r="F11" i="22402"/>
   <c r="F10" i="22402"/>
-  <c r="F85" i="22403" l="1"/>
-[...1 lines deleted...]
-  <c r="F83" i="22403"/>
+  <c r="F83" i="22403" l="1"/>
   <c r="F82" i="22403"/>
   <c r="F81" i="22403"/>
   <c r="F80" i="22403"/>
   <c r="F79" i="22403"/>
   <c r="F78" i="22403"/>
   <c r="F77" i="22403"/>
   <c r="F76" i="22403"/>
   <c r="F75" i="22403"/>
   <c r="F74" i="22403"/>
   <c r="F73" i="22403"/>
   <c r="F72" i="22403"/>
   <c r="F71" i="22403"/>
   <c r="F70" i="22403"/>
   <c r="F69" i="22403"/>
   <c r="F68" i="22403"/>
   <c r="F67" i="22403"/>
   <c r="F66" i="22403"/>
   <c r="F65" i="22403"/>
   <c r="F64" i="22403"/>
   <c r="F63" i="22403"/>
   <c r="F62" i="22403"/>
   <c r="F61" i="22403"/>
   <c r="F60" i="22403"/>
   <c r="F59" i="22403"/>
   <c r="F58" i="22403"/>
   <c r="F57" i="22403"/>
   <c r="F56" i="22403"/>
   <c r="F55" i="22403"/>
   <c r="F54" i="22403"/>
   <c r="F53" i="22403"/>
   <c r="F52" i="22403"/>
   <c r="F51" i="22403"/>
   <c r="F50" i="22403"/>
   <c r="F49" i="22403"/>
   <c r="F48" i="22403"/>
   <c r="F47" i="22403"/>
   <c r="F46" i="22403"/>
   <c r="F45" i="22403"/>
   <c r="F44" i="22403"/>
   <c r="F43" i="22403"/>
   <c r="F42" i="22403"/>
   <c r="F41" i="22403"/>
   <c r="F40" i="22403"/>
   <c r="F39" i="22403"/>
   <c r="F38" i="22403"/>
   <c r="F37" i="22403"/>
   <c r="F36" i="22403"/>
   <c r="F35" i="22403"/>
   <c r="F34" i="22403"/>
-  <c r="F33" i="22403"/>
   <c r="F32" i="22403"/>
   <c r="F31" i="22403"/>
   <c r="F30" i="22403"/>
   <c r="F29" i="22403"/>
   <c r="F28" i="22403"/>
   <c r="F27" i="22403"/>
   <c r="F26" i="22403"/>
   <c r="F25" i="22403"/>
   <c r="F24" i="22403"/>
   <c r="F23" i="22403"/>
   <c r="F22" i="22403"/>
   <c r="F21" i="22403"/>
   <c r="F20" i="22403"/>
   <c r="F19" i="22403"/>
   <c r="F18" i="22403"/>
   <c r="F17" i="22403"/>
   <c r="F16" i="22403"/>
   <c r="F15" i="22403"/>
   <c r="F14" i="22403"/>
   <c r="F13" i="22403"/>
   <c r="F12" i="22403"/>
   <c r="F11" i="22403"/>
   <c r="F10" i="22403"/>
   <c r="F78" i="22402" l="1"/>
-  <c r="F90" i="22403" l="1"/>
+  <c r="F88" i="22403" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="834" uniqueCount="279">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="829" uniqueCount="279">
   <si>
     <t>20275EC</t>
   </si>
   <si>
     <t>VIDEO DETECTION-INSTALL</t>
   </si>
   <si>
     <t>COUNTY</t>
   </si>
   <si>
     <t>PROJECT</t>
   </si>
   <si>
     <t>NUMBERS</t>
   </si>
   <si>
     <t>DESCRIPTION</t>
   </si>
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
@@ -1106,53 +1105,50 @@
   <si>
     <t>SIGNAL CONTOLLER</t>
   </si>
   <si>
     <t>20410ED</t>
   </si>
   <si>
     <t>MAINTAIN LIGHTING</t>
   </si>
   <si>
     <t>POLE WOODEN</t>
   </si>
   <si>
     <t>24589ED</t>
   </si>
   <si>
     <t>LED LUMINAIRE</t>
   </si>
   <si>
     <t>20408ES835</t>
   </si>
   <si>
     <t>INSTALL LED BEACON-12 IN</t>
   </si>
   <si>
-    <t>SIGNAL CONTROLLER</t>
-[...1 lines deleted...]
-  <si>
     <t>24601EC</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALL - </t>
   </si>
   <si>
     <t>24900EC</t>
   </si>
   <si>
     <t>24901EC</t>
   </si>
   <si>
     <t>24902EC</t>
   </si>
   <si>
     <t>PVC CONDUIT - 1 1/4 INCH - SCHEDULE 80</t>
   </si>
   <si>
     <t>PVC CONDUIT - 2 INCH - SCHEDULE 80</t>
   </si>
   <si>
     <t>PVC CONDUIT - 3 INCH - SCHEDULE 80</t>
   </si>
   <si>
     <t>24955ed</t>
@@ -1215,66 +1211,69 @@
     <t>NAVIGATION LIGHT 180 DEG GREEN - LED</t>
   </si>
   <si>
     <t>24528ED</t>
   </si>
   <si>
     <t>TETHER WIRE</t>
   </si>
   <si>
     <t>26171EC</t>
   </si>
   <si>
     <t>RECTANGULAR RAPID FLASHING BEACON</t>
   </si>
   <si>
     <t>26264EC</t>
   </si>
   <si>
     <t>INSTALL RECTANGULAR RAPID FLACHING BEACON</t>
   </si>
   <si>
     <t>26246EC</t>
   </si>
   <si>
     <t>INSTALL SOLAR SCHOOL FLASHER ASSEMBLY</t>
+  </si>
+  <si>
+    <t>MESSENGER-26900 LB</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="7">
     <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="General_)"/>
     <numFmt numFmtId="165" formatCode="0_)"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="167" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
   </numFmts>
-  <fonts count="34" x14ac:knownFonts="1">
+  <fonts count="33" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Courier"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1451,55 +1450,50 @@
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FFC00000"/>
       <name val="Courier"/>
       <family val="3"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Courier"/>
       <family val="3"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Courier"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Courier"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
-      <name val="Courier"/>
-[...3 lines deleted...]
-      <color rgb="FFC00000"/>
       <name val="Courier"/>
     </font>
   </fonts>
   <fills count="35">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.79998168889431442"/>
@@ -1991,51 +1985,51 @@
     <xf numFmtId="0" fontId="2" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="32" borderId="7" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="102">
+  <cellXfs count="104">
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="14" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="37" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1"/>
     <xf numFmtId="7" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1"/>
@@ -2096,140 +2090,142 @@
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="14" fontId="6" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="37" fontId="6" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="7" fontId="6" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="7" fontId="6" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="7" fontId="27" fillId="0" borderId="0" xfId="62" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="7" fontId="27" fillId="33" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="44" fontId="27" fillId="0" borderId="0" xfId="158" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="44" fontId="6" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="44" fontId="27" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="6" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="27" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="44" fontId="6" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="44" fontId="6" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="44" fontId="28" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="44" fontId="27" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="44" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="44" fontId="6" fillId="34" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1"/>
     <xf numFmtId="44" fontId="27" fillId="0" borderId="0" xfId="194" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="29" fillId="0" borderId="0" xfId="194" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="7" fontId="6" fillId="34" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="44" fontId="29" fillId="0" borderId="0" xfId="194" applyFont="1"/>
     <xf numFmtId="44" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="7" fontId="27" fillId="33" borderId="0" xfId="62" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="44" fontId="6" fillId="0" borderId="0" xfId="77" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="164" fontId="6" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="44" fontId="29" fillId="34" borderId="0" xfId="194" applyFont="1" applyFill="1"/>
     <xf numFmtId="37" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="7" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1"/>
-    <xf numFmtId="44" fontId="31" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="44" fontId="32" fillId="0" borderId="0" xfId="194" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="30" fillId="0" borderId="0" xfId="194" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="44" fontId="31" fillId="0" borderId="0" xfId="194" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="7" fontId="31" fillId="33" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="37" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyProtection="1"/>
     <xf numFmtId="7" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyProtection="1"/>
     <xf numFmtId="7" fontId="31" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="7" fontId="33" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="44" fontId="29" fillId="0" borderId="0" xfId="193" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="6" fillId="0" borderId="0" xfId="193" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="27" fillId="0" borderId="0" xfId="193" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="32" fillId="0" borderId="0" xfId="193" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="7" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="7" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="44" fontId="29" fillId="0" borderId="10" xfId="44" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="29" fillId="0" borderId="0" xfId="77" applyFont="1"/>
     <xf numFmtId="44" fontId="6" fillId="0" borderId="10" xfId="44" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="27" fillId="0" borderId="10" xfId="44" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="29" fillId="0" borderId="0" xfId="44" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="44" fontId="27" fillId="0" borderId="0" xfId="62" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="167" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="44" fontId="0" fillId="33" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="44" fontId="30" fillId="0" borderId="0" xfId="194" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" xfId="194" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="6" fillId="33" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="195">
     <cellStyle name="20% - Accent1" xfId="1" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent1 2" xfId="50" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20% - Accent1 2 2" xfId="83" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20% - Accent1 2 2 2" xfId="164" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20% - Accent1 2 3" xfId="132" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - Accent1 3" xfId="63" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="20% - Accent1 3 2" xfId="144" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="20% - Accent1 4" xfId="100" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="20% - Accent1 4 2" xfId="181" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="20% - Accent1 5" xfId="112" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="20% - Accent2" xfId="2" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent2 2" xfId="52" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="20% - Accent2 2 2" xfId="85" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="20% - Accent2 2 2 2" xfId="166" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="20% - Accent2 2 3" xfId="134" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="20% - Accent2 3" xfId="64" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="20% - Accent2 3 2" xfId="145" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="20% - Accent2 4" xfId="102" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="20% - Accent2 4 2" xfId="183" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
     <cellStyle name="20% - Accent2 5" xfId="113" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="20% - Accent3" xfId="3" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent3 2" xfId="54" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
     <cellStyle name="20% - Accent3 2 2" xfId="87" xr:uid="{00000000-0005-0000-0000-000016000000}"/>
@@ -2769,54 +2765,54 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr transitionEvaluation="1"/>
-  <dimension ref="A1:G92"/>
+  <dimension ref="A1:G90"/>
   <sheetViews>
-    <sheetView topLeftCell="A79" zoomScale="160" zoomScaleNormal="160" workbookViewId="0">
-      <selection activeCell="A88" sqref="A88:F88"/>
+    <sheetView topLeftCell="A61" zoomScale="160" zoomScaleNormal="160" workbookViewId="0">
+      <selection activeCell="F45" sqref="F45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.625" defaultRowHeight="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="2" max="2" width="8.625" style="1" customWidth="1"/>
     <col min="3" max="3" width="11.5" style="2" customWidth="1"/>
     <col min="4" max="4" width="39.25" customWidth="1"/>
     <col min="5" max="5" width="13.625" style="21" customWidth="1"/>
     <col min="6" max="6" width="23.5" customWidth="1"/>
     <col min="7" max="7" width="12" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B1" s="4"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="22"/>
       <c r="F1" s="5"/>
     </row>
     <row r="2" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A2" s="3" t="s">
         <v>3</v>
@@ -2830,52 +2826,52 @@
     <row r="3" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="4"/>
       <c r="D3" s="5"/>
       <c r="E3" s="22"/>
       <c r="F3" s="5"/>
     </row>
     <row r="4" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A4" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="6"/>
       <c r="C4" s="4"/>
       <c r="D4" s="5"/>
       <c r="E4" s="22"/>
       <c r="F4" s="5"/>
     </row>
     <row r="5" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A5" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B5" s="25"/>
-      <c r="C5" s="101"/>
-      <c r="D5" s="101"/>
+      <c r="C5" s="99"/>
+      <c r="D5" s="99"/>
       <c r="E5" s="22"/>
       <c r="F5" s="5"/>
     </row>
     <row r="6" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A6" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B6" s="6"/>
       <c r="C6" s="4"/>
       <c r="D6" s="5"/>
       <c r="E6" s="22"/>
       <c r="F6" s="5"/>
     </row>
     <row r="7" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A7" s="5"/>
       <c r="B7" s="6"/>
       <c r="C7" s="4"/>
       <c r="D7" s="5"/>
       <c r="E7" s="22"/>
       <c r="F7" s="5"/>
     </row>
     <row r="8" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A8" s="8" t="s">
         <v>7</v>
       </c>
@@ -2885,64 +2881,64 @@
       <c r="C8" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="24" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="10" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A9" s="8"/>
       <c r="B9" s="9"/>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="24"/>
       <c r="F9" s="10"/>
     </row>
     <row r="10" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A10" s="31">
         <v>0</v>
       </c>
-      <c r="B10" s="69" t="s">
+      <c r="B10" s="68" t="s">
         <v>100</v>
       </c>
-      <c r="C10" s="69">
+      <c r="C10" s="68">
         <v>2562</v>
       </c>
       <c r="D10" s="32" t="s">
         <v>101</v>
       </c>
-      <c r="E10" s="61">
-        <v>6.57</v>
+      <c r="E10" s="60">
+        <v>6.64</v>
       </c>
       <c r="F10" s="33">
-        <f t="shared" ref="F10:F73" si="0">(A10*E10)</f>
+        <f t="shared" ref="F10:F72" si="0">(A10*E10)</f>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A11" s="32">
         <v>0</v>
       </c>
       <c r="B11" s="32" t="s">
         <v>92</v>
       </c>
       <c r="C11" s="34">
         <v>2569</v>
       </c>
       <c r="D11" s="32" t="s">
         <v>155</v>
       </c>
       <c r="E11" s="33">
         <v>0</v>
       </c>
       <c r="F11" s="33">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
@@ -2957,1703 +2953,1661 @@
       </c>
       <c r="D12" s="32" t="s">
         <v>154</v>
       </c>
       <c r="E12" s="33">
         <v>0</v>
       </c>
       <c r="F12" s="33">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A13" s="32">
         <v>0</v>
       </c>
       <c r="B13" s="32" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="34">
         <v>2775</v>
       </c>
       <c r="D13" s="32" t="s">
         <v>125</v>
       </c>
-      <c r="E13" s="70">
-        <v>1081.1199999999999</v>
+      <c r="E13" s="69">
+        <v>1018.73</v>
       </c>
       <c r="F13" s="33">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A14" s="30">
         <v>0</v>
       </c>
       <c r="B14" s="23" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="23">
         <v>4792</v>
       </c>
       <c r="D14" s="22" t="s">
         <v>40</v>
       </c>
-      <c r="E14" s="60">
-        <v>10.76</v>
+      <c r="E14" s="59">
+        <v>4.58</v>
       </c>
       <c r="F14" s="14">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A15" s="11">
         <v>0</v>
       </c>
       <c r="B15" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="13">
         <v>4793</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="E15" s="63">
-        <v>14.9</v>
+      <c r="E15" s="62">
+        <v>11.8</v>
       </c>
       <c r="F15" s="12">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A16" s="11">
         <v>0</v>
       </c>
       <c r="B16" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="13">
         <v>4795</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="E16" s="63">
-        <v>19.989999999999998</v>
+      <c r="E16" s="62">
+        <v>13.34</v>
       </c>
       <c r="F16" s="12">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A17" s="11">
         <v>0</v>
       </c>
       <c r="B17" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C17" s="13">
         <v>4797</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="E17" s="60">
-        <v>39.520000000000003</v>
+      <c r="E17" s="59">
+        <v>24.62</v>
       </c>
       <c r="F17" s="12">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A18" s="11">
         <v>0</v>
       </c>
       <c r="B18" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="13">
         <v>4810</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>219</v>
       </c>
-      <c r="E18" s="63">
-        <v>1009.11</v>
+      <c r="E18" s="62">
+        <v>3000</v>
       </c>
       <c r="F18" s="12">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A19" s="11">
         <v>0</v>
       </c>
       <c r="B19" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="13">
         <v>4811</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>220</v>
       </c>
-      <c r="E19" s="60">
-        <v>1291.4100000000001</v>
+      <c r="E19" s="59">
+        <v>1770.61</v>
       </c>
       <c r="F19" s="12">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A20" s="11">
         <v>0</v>
       </c>
       <c r="B20" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C20" s="13">
         <v>4820</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="E20" s="63">
-        <v>7.9</v>
+      <c r="E20" s="62">
+        <v>14.46</v>
       </c>
       <c r="F20" s="12">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A21" s="11">
         <v>0</v>
       </c>
       <c r="B21" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C21" s="13">
         <v>4821</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="E21" s="60">
-        <v>93.3</v>
+      <c r="E21" s="59">
+        <v>71.31</v>
       </c>
       <c r="F21" s="12">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A22" s="11"/>
       <c r="B22" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C22" s="13">
         <v>4830</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="E22" s="60">
-        <v>0.89</v>
+      <c r="E22" s="59">
+        <v>0.76</v>
       </c>
       <c r="F22" s="12">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A23" s="11">
         <v>0</v>
       </c>
       <c r="B23" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C23" s="13">
         <v>4844</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="E23" s="60">
-        <v>2.36</v>
+      <c r="E23" s="59">
+        <v>4.42</v>
       </c>
       <c r="F23" s="12">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A24" s="11">
         <v>0</v>
       </c>
       <c r="B24" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C24" s="13">
         <v>4845</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="E24" s="60">
-        <v>2.86</v>
+      <c r="E24" s="59">
+        <v>2.37</v>
       </c>
       <c r="F24" s="12">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A25" s="11">
         <v>0</v>
       </c>
       <c r="B25" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C25" s="13">
         <v>4850</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>63</v>
       </c>
-      <c r="E25" s="60">
-        <v>2.36</v>
+      <c r="E25" s="59">
+        <v>1.25</v>
       </c>
       <c r="F25" s="12">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A26" s="11">
         <v>0</v>
       </c>
       <c r="B26" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="13">
         <v>4873</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>237</v>
       </c>
-      <c r="E26" s="63">
-        <v>812.42</v>
+      <c r="E26" s="62">
+        <v>2655.74</v>
       </c>
       <c r="F26" s="12">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G26" s="5"/>
     </row>
     <row r="27" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="11">
         <v>0</v>
       </c>
       <c r="B27" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="13">
         <v>4880</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>69</v>
       </c>
-      <c r="E27" s="48">
+      <c r="E27" s="97">
         <v>10000</v>
       </c>
       <c r="F27" s="12">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G27" s="18"/>
     </row>
     <row r="28" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="11">
         <v>0</v>
       </c>
       <c r="B28" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="13">
         <v>4881</v>
       </c>
       <c r="D28" s="5" t="s">
         <v>70</v>
       </c>
-      <c r="E28" s="60">
-        <v>47076.76</v>
+      <c r="E28" s="59">
+        <v>50790.91</v>
       </c>
       <c r="F28" s="12">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G28" s="18"/>
     </row>
     <row r="29" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="11">
         <v>0</v>
       </c>
       <c r="B29" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="13">
         <v>4882</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="E29" s="48">
+      <c r="E29" s="97">
         <v>1980</v>
       </c>
       <c r="F29" s="12">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G29" s="18"/>
     </row>
     <row r="30" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A30" s="11">
         <v>0</v>
       </c>
       <c r="B30" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="13">
         <v>4884</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>73</v>
       </c>
-      <c r="E30" s="63">
-        <v>900</v>
+      <c r="E30" s="62">
+        <v>1421.02</v>
       </c>
       <c r="F30" s="12">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A31" s="11">
         <v>0</v>
       </c>
       <c r="B31" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C31" s="13">
         <v>4885</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="E31" s="60">
-        <v>5.24</v>
+      <c r="E31" s="59">
+        <v>13.3</v>
       </c>
       <c r="F31" s="12">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A32" s="11">
         <v>0</v>
       </c>
       <c r="B32" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C32" s="13">
         <v>4886</v>
       </c>
       <c r="D32" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="E32" s="60">
-        <v>8.36</v>
+      <c r="E32" s="59">
+        <v>9.42</v>
       </c>
       <c r="F32" s="12">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A33" s="11">
         <v>0</v>
       </c>
-      <c r="B33" s="5" t="s">
+      <c r="B33" s="13" t="s">
         <v>37</v>
       </c>
-      <c r="C33" s="15">
-        <v>4894</v>
+      <c r="C33" s="13">
+        <v>4892</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>22.6</v>
+        <v>278</v>
+      </c>
+      <c r="E33" s="59">
+        <v>12</v>
       </c>
       <c r="F33" s="12">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A34" s="11">
         <v>0</v>
       </c>
-      <c r="B34" s="13" t="s">
+      <c r="B34" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="C34" s="13">
-        <v>4895</v>
+      <c r="C34" s="15">
+        <v>4894</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>14.55</v>
+        <v>111</v>
+      </c>
+      <c r="E34" s="59">
+        <v>50</v>
       </c>
       <c r="F34" s="12">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A35" s="11">
         <v>0</v>
       </c>
       <c r="B35" s="13" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C35" s="13">
-        <v>4905</v>
+        <v>4895</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>3740</v>
+        <v>76</v>
+      </c>
+      <c r="E35" s="59">
+        <v>19.690000000000001</v>
       </c>
       <c r="F35" s="12">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A36" s="11">
         <v>0</v>
       </c>
       <c r="B36" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="13">
-        <v>4931</v>
+        <v>4905</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>12500</v>
+        <v>78</v>
+      </c>
+      <c r="E36" s="103">
+        <v>3740</v>
       </c>
       <c r="F36" s="12">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A37" s="11">
         <v>0</v>
       </c>
       <c r="B37" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="13">
+        <v>4931</v>
+      </c>
+      <c r="D37" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="E37" s="59">
+        <v>12500</v>
+      </c>
+      <c r="F37" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A38" s="11">
+        <v>0</v>
+      </c>
+      <c r="B38" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="C38" s="13">
         <v>4932</v>
       </c>
-      <c r="D37" s="5" t="s">
+      <c r="D38" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="E37" s="60">
-[...23 lines deleted...]
-      <c r="F38" s="33">
+      <c r="E38" s="59">
+        <v>11906.64</v>
+      </c>
+      <c r="F38" s="12">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A39" s="31">
         <v>0</v>
       </c>
-      <c r="B39" s="69" t="s">
-[...3 lines deleted...]
-        <v>4934</v>
+      <c r="B39" s="68" t="s">
+        <v>13</v>
+      </c>
+      <c r="C39" s="68">
+        <v>4933</v>
       </c>
       <c r="D39" s="32" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>15177</v>
+        <v>102</v>
+      </c>
+      <c r="E39" s="59">
+        <v>12433.75</v>
       </c>
       <c r="F39" s="33">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A40" s="31">
         <v>0</v>
       </c>
-      <c r="B40" s="69" t="s">
+      <c r="B40" s="68" t="s">
+        <v>13</v>
+      </c>
+      <c r="C40" s="68">
+        <v>4934</v>
+      </c>
+      <c r="D40" s="32" t="s">
+        <v>103</v>
+      </c>
+      <c r="E40" s="59">
+        <v>18500.23</v>
+      </c>
+      <c r="F40" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A41" s="31">
+        <v>0</v>
+      </c>
+      <c r="B41" s="68" t="s">
         <v>92</v>
       </c>
-      <c r="C40" s="69">
+      <c r="C41" s="68">
         <v>4935</v>
       </c>
-      <c r="D40" s="32" t="s">
+      <c r="D41" s="32" t="s">
         <v>166</v>
       </c>
-      <c r="E40" s="60">
-[...17 lines deleted...]
-      <c r="D41" t="s">
+      <c r="E41" s="59">
+        <v>21938.12</v>
+      </c>
+      <c r="F41" s="33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A42" s="70">
+        <v>0</v>
+      </c>
+      <c r="B42" s="71" t="s">
+        <v>13</v>
+      </c>
+      <c r="C42" s="71" t="s">
+        <v>250</v>
+      </c>
+      <c r="D42" t="s">
         <v>95</v>
       </c>
-      <c r="E41" s="73">
-[...11 lines deleted...]
-      <c r="B42" s="72" t="s">
+      <c r="E42" s="72">
+        <v>8982.81</v>
+      </c>
+      <c r="F42" s="73">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A43" s="70">
+        <v>0</v>
+      </c>
+      <c r="B43" s="71" t="s">
         <v>96</v>
       </c>
-      <c r="C42" s="72">
+      <c r="C43" s="71">
         <v>4960</v>
       </c>
-      <c r="D42" t="s">
+      <c r="D43" t="s">
         <v>97</v>
       </c>
-      <c r="E42" s="75">
-[...14 lines deleted...]
-      <c r="C43" s="76">
+      <c r="E43" s="98">
+        <v>526.45000000000005</v>
+      </c>
+      <c r="F43" s="73">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A44" s="70">
+        <v>0</v>
+      </c>
+      <c r="B44" s="71" t="s">
+        <v>13</v>
+      </c>
+      <c r="C44" s="74">
         <v>6472</v>
       </c>
-      <c r="D43" t="s">
+      <c r="D44" t="s">
         <v>98</v>
       </c>
-      <c r="E43" s="73">
-[...14 lines deleted...]
-      <c r="C44" s="20" t="s">
+      <c r="E44" s="72">
+        <v>489.04</v>
+      </c>
+      <c r="F44" s="73">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A45">
+        <v>0</v>
+      </c>
+      <c r="B45" t="s">
+        <v>13</v>
+      </c>
+      <c r="C45" s="20" t="s">
         <v>176</v>
       </c>
-      <c r="D44" t="s">
+      <c r="D45" t="s">
         <v>99</v>
       </c>
-      <c r="E44" s="77">
-[...14 lines deleted...]
-      <c r="C45" s="76">
+      <c r="E45" s="75">
+        <v>804.43</v>
+      </c>
+      <c r="F45" s="73">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A46" s="70">
+        <v>0</v>
+      </c>
+      <c r="B46" s="71" t="s">
+        <v>13</v>
+      </c>
+      <c r="C46" s="74">
         <v>4953</v>
       </c>
-      <c r="D45" t="s">
+      <c r="D46" t="s">
         <v>117</v>
       </c>
-      <c r="E45" s="78">
-[...14 lines deleted...]
-      <c r="C46" s="20" t="s">
+      <c r="E46" s="76">
+        <v>566.17999999999995</v>
+      </c>
+      <c r="F46" s="73">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A47" s="70">
+        <v>0</v>
+      </c>
+      <c r="B47" s="71" t="s">
+        <v>13</v>
+      </c>
+      <c r="C47" s="20" t="s">
         <v>177</v>
       </c>
-      <c r="D46" t="s">
+      <c r="D47" t="s">
         <v>121</v>
       </c>
-      <c r="E46" s="79">
-[...23 lines deleted...]
-      <c r="F47" s="74">
+      <c r="E47" s="77">
+        <v>618.74</v>
+      </c>
+      <c r="F47" s="73">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A48">
         <v>0</v>
       </c>
       <c r="B48" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="20" t="s">
+        <v>178</v>
+      </c>
+      <c r="D48" t="s">
+        <v>123</v>
+      </c>
+      <c r="E48" s="77">
+        <v>478.74</v>
+      </c>
+      <c r="F48" s="73">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A49">
+        <v>0</v>
+      </c>
+      <c r="B49" t="s">
+        <v>13</v>
+      </c>
+      <c r="C49" s="20" t="s">
         <v>216</v>
       </c>
-      <c r="D48" t="s">
+      <c r="D49" t="s">
         <v>122</v>
       </c>
-      <c r="E48" s="79">
-[...17 lines deleted...]
-      <c r="D49" t="s">
+      <c r="E49" s="77">
+        <v>633.73</v>
+      </c>
+      <c r="F49" s="73">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A50" s="70">
+        <v>0</v>
+      </c>
+      <c r="B50" s="71" t="s">
+        <v>13</v>
+      </c>
+      <c r="C50" s="71" t="s">
+        <v>0</v>
+      </c>
+      <c r="D50" t="s">
         <v>1</v>
       </c>
-      <c r="E49" s="80">
+      <c r="E50" s="78">
         <v>1207.69</v>
       </c>
-      <c r="F49" s="74">
-[...11 lines deleted...]
-      <c r="C50" t="s">
+      <c r="F50" s="73">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A51">
+        <v>0</v>
+      </c>
+      <c r="B51" t="s">
+        <v>13</v>
+      </c>
+      <c r="C51" t="s">
         <v>180</v>
       </c>
-      <c r="D50" t="s">
+      <c r="D51" t="s">
         <v>116</v>
       </c>
-      <c r="E50" s="79">
-[...14 lines deleted...]
-      <c r="C51" s="81" t="s">
+      <c r="E51" s="77">
+        <v>1992.5</v>
+      </c>
+      <c r="F51" s="73">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A52" s="70">
+        <v>0</v>
+      </c>
+      <c r="B52" s="71" t="s">
+        <v>13</v>
+      </c>
+      <c r="C52" s="79" t="s">
         <v>173</v>
       </c>
-      <c r="D51" t="s">
+      <c r="D52" t="s">
         <v>221</v>
       </c>
-      <c r="E51" s="79">
-[...14 lines deleted...]
-      <c r="C52" s="81" t="s">
+      <c r="E52" s="77">
+        <v>2505.52</v>
+      </c>
+      <c r="F52" s="73">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A53" s="70">
+        <v>0</v>
+      </c>
+      <c r="B53" s="71" t="s">
+        <v>13</v>
+      </c>
+      <c r="C53" s="79" t="s">
         <v>174</v>
       </c>
-      <c r="D52" t="s">
+      <c r="D53" t="s">
         <v>222</v>
       </c>
-      <c r="E52" s="79">
-[...23 lines deleted...]
-      <c r="F53" s="74">
+      <c r="E53" s="77">
+        <v>3761.64</v>
+      </c>
+      <c r="F53" s="73">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A54">
         <v>0</v>
       </c>
       <c r="B54" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>217</v>
+        <v>13</v>
+      </c>
+      <c r="C54" s="74" t="s">
+        <v>240</v>
       </c>
       <c r="D54" t="s">
-        <v>128</v>
-[...4 lines deleted...]
-      <c r="F54" s="74">
+        <v>241</v>
+      </c>
+      <c r="E54" s="77">
+        <v>383.33</v>
+      </c>
+      <c r="F54" s="73">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A55">
         <v>0</v>
       </c>
       <c r="B55" t="s">
         <v>37</v>
       </c>
       <c r="C55" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="D55" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="E55" s="79">
+        <v>128</v>
+      </c>
+      <c r="E55" s="77">
         <v>22.5</v>
       </c>
-      <c r="F55" s="74">
+      <c r="F55" s="73">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A56">
         <v>0</v>
       </c>
       <c r="B56" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C56" t="s">
-        <v>126</v>
+        <v>218</v>
       </c>
       <c r="D56" t="s">
-        <v>130</v>
-[...4 lines deleted...]
-      <c r="F56" s="74">
+        <v>129</v>
+      </c>
+      <c r="E56" s="77">
+        <v>22.5</v>
+      </c>
+      <c r="F56" s="73">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A57">
         <v>0</v>
       </c>
       <c r="B57" t="s">
         <v>13</v>
       </c>
       <c r="C57" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="D57" t="s">
-        <v>131</v>
-[...4 lines deleted...]
-      <c r="F57" s="74">
+        <v>130</v>
+      </c>
+      <c r="E57" s="101">
+        <v>500</v>
+      </c>
+      <c r="F57" s="73">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A58">
         <v>0</v>
       </c>
       <c r="B58" t="s">
         <v>13</v>
       </c>
       <c r="C58" t="s">
-        <v>181</v>
+        <v>127</v>
       </c>
       <c r="D58" t="s">
-        <v>132</v>
-[...4 lines deleted...]
-      <c r="F58" s="74">
+        <v>131</v>
+      </c>
+      <c r="E58" s="77">
+        <v>1200</v>
+      </c>
+      <c r="F58" s="73">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A59">
         <v>0</v>
       </c>
       <c r="B59" t="s">
         <v>13</v>
       </c>
-      <c r="C59" s="20" t="s">
-        <v>138</v>
+      <c r="C59" t="s">
+        <v>181</v>
       </c>
       <c r="D59" t="s">
-        <v>223</v>
-[...4 lines deleted...]
-      <c r="F59" s="74">
+        <v>132</v>
+      </c>
+      <c r="E59" s="98">
+        <v>605.88</v>
+      </c>
+      <c r="F59" s="73">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A60">
         <v>0</v>
       </c>
       <c r="B60" t="s">
         <v>13</v>
       </c>
-      <c r="C60" t="s">
+      <c r="C60" s="20" t="s">
+        <v>138</v>
+      </c>
+      <c r="D60" t="s">
+        <v>223</v>
+      </c>
+      <c r="E60" s="100">
+        <v>750</v>
+      </c>
+      <c r="F60" s="73">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A61">
+        <v>0</v>
+      </c>
+      <c r="B61" t="s">
+        <v>13</v>
+      </c>
+      <c r="C61" t="s">
         <v>139</v>
       </c>
-      <c r="D60" t="s">
+      <c r="D61" t="s">
         <v>140</v>
       </c>
-      <c r="E60" s="75">
-[...11 lines deleted...]
-      <c r="B61" s="72" t="s">
+      <c r="E61" s="98">
+        <v>649.36</v>
+      </c>
+      <c r="F61" s="73">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A62" s="70">
+        <v>0</v>
+      </c>
+      <c r="B62" s="71" t="s">
         <v>37</v>
       </c>
-      <c r="C61" s="72" t="s">
+      <c r="C62" s="71" t="s">
         <v>146</v>
       </c>
-      <c r="D61" s="72" t="s">
+      <c r="D62" s="71" t="s">
         <v>147</v>
       </c>
-      <c r="E61" s="79">
-[...14 lines deleted...]
-      <c r="C62" s="76" t="s">
+      <c r="E62" s="77">
+        <v>15.08</v>
+      </c>
+      <c r="F62" s="73">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A63" s="81">
+        <v>0</v>
+      </c>
+      <c r="B63" s="74" t="s">
+        <v>13</v>
+      </c>
+      <c r="C63" s="74" t="s">
         <v>182</v>
       </c>
-      <c r="D62" s="76" t="s">
+      <c r="D63" s="74" t="s">
         <v>183</v>
       </c>
-      <c r="E62" s="79">
-[...23 lines deleted...]
-      <c r="F63" s="74">
+      <c r="E63" s="77">
+        <v>367.07</v>
+      </c>
+      <c r="F63" s="82">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A64" s="84">
-[...14 lines deleted...]
-      <c r="F64" s="85">
+      <c r="A64">
+        <v>0</v>
+      </c>
+      <c r="B64" t="s">
+        <v>13</v>
+      </c>
+      <c r="C64" t="s">
+        <v>158</v>
+      </c>
+      <c r="D64" t="s">
+        <v>159</v>
+      </c>
+      <c r="E64" s="77">
+        <v>168.22</v>
+      </c>
+      <c r="F64" s="73">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A65">
-[...14 lines deleted...]
-      <c r="F65" s="74">
+      <c r="A65" s="70">
+        <v>0</v>
+      </c>
+      <c r="B65" s="71" t="s">
+        <v>13</v>
+      </c>
+      <c r="C65" s="71" t="s">
+        <v>169</v>
+      </c>
+      <c r="D65" s="71" t="s">
+        <v>170</v>
+      </c>
+      <c r="E65" s="72">
+        <v>10500</v>
+      </c>
+      <c r="F65" s="73">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A66" s="71">
-[...17 lines deleted...]
-      </c>
+      <c r="A66" s="81">
+        <v>0</v>
+      </c>
+      <c r="B66" s="74" t="s">
+        <v>13</v>
+      </c>
+      <c r="C66" s="74" t="s">
+        <v>171</v>
+      </c>
+      <c r="D66" s="74" t="s">
+        <v>172</v>
+      </c>
+      <c r="E66" s="72">
+        <v>4811.92</v>
+      </c>
+      <c r="F66" s="82">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G66" s="17"/>
     </row>
     <row r="67" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A67" s="84">
-[...18 lines deleted...]
-      <c r="G67" s="17"/>
+      <c r="A67">
+        <v>0</v>
+      </c>
+      <c r="B67" s="71" t="s">
+        <v>13</v>
+      </c>
+      <c r="C67" s="74" t="s">
+        <v>186</v>
+      </c>
+      <c r="D67" t="s">
+        <v>187</v>
+      </c>
+      <c r="E67" s="98">
+        <v>1000</v>
+      </c>
+      <c r="F67" s="73">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
     </row>
     <row r="68" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A68">
         <v>0</v>
       </c>
-      <c r="B68" s="72" t="s">
-[...3 lines deleted...]
-        <v>186</v>
+      <c r="B68" s="71" t="s">
+        <v>13</v>
+      </c>
+      <c r="C68" s="20" t="s">
+        <v>191</v>
       </c>
       <c r="D68" t="s">
-        <v>187</v>
-[...4 lines deleted...]
-      <c r="F68" s="74">
+        <v>190</v>
+      </c>
+      <c r="E68" s="98">
+        <v>2500</v>
+      </c>
+      <c r="F68" s="73">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A69">
         <v>0</v>
       </c>
-      <c r="B69" s="72" t="s">
+      <c r="B69" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="20" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D69" t="s">
-        <v>190</v>
-[...4 lines deleted...]
-      <c r="F69" s="74">
+        <v>193</v>
+      </c>
+      <c r="E69" s="77">
+        <v>2406.1999999999998</v>
+      </c>
+      <c r="F69" s="73">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A70">
         <v>0</v>
       </c>
-      <c r="B70" t="s">
-        <v>13</v>
+      <c r="B70" s="71" t="s">
+        <v>194</v>
       </c>
       <c r="C70" s="20" t="s">
-        <v>192</v>
+        <v>204</v>
       </c>
       <c r="D70" t="s">
-        <v>193</v>
-[...4 lines deleted...]
-      <c r="F70" s="74">
+        <v>195</v>
+      </c>
+      <c r="E70" s="77">
+        <v>439.65</v>
+      </c>
+      <c r="F70" s="73">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A71">
-[...14 lines deleted...]
-      <c r="F71" s="74">
+      <c r="A71" s="21">
+        <v>0</v>
+      </c>
+      <c r="B71" s="74" t="s">
+        <v>13</v>
+      </c>
+      <c r="C71" s="84" t="s">
+        <v>198</v>
+      </c>
+      <c r="D71" s="21" t="s">
+        <v>199</v>
+      </c>
+      <c r="E71" s="98">
+        <v>2400</v>
+      </c>
+      <c r="F71" s="82">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A72" s="21">
-[...14 lines deleted...]
-      <c r="F72" s="85">
+      <c r="A72">
+        <v>0</v>
+      </c>
+      <c r="B72" s="71" t="s">
+        <v>13</v>
+      </c>
+      <c r="C72" s="20" t="s">
+        <v>202</v>
+      </c>
+      <c r="D72" t="s">
+        <v>200</v>
+      </c>
+      <c r="E72" s="77">
+        <v>2296</v>
+      </c>
+      <c r="F72" s="73">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A73">
         <v>0</v>
       </c>
-      <c r="B73" s="72" t="s">
+      <c r="B73" s="71" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="20" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="D73" t="s">
-        <v>200</v>
-[...5 lines deleted...]
-        <f t="shared" si="0"/>
+        <v>203</v>
+      </c>
+      <c r="E73" s="101">
+        <v>3124.6</v>
+      </c>
+      <c r="F73" s="73">
+        <f t="shared" ref="F73:F87" si="1">(A73*E73)</f>
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A74">
         <v>0</v>
       </c>
-      <c r="B74" s="72" t="s">
+      <c r="B74" s="71" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="20" t="s">
-        <v>201</v>
+        <v>213</v>
       </c>
       <c r="D74" t="s">
-        <v>203</v>
-[...5 lines deleted...]
-        <f t="shared" ref="F74:F89" si="1">(A74*E74)</f>
+        <v>212</v>
+      </c>
+      <c r="E74" s="77">
+        <v>2820.16</v>
+      </c>
+      <c r="F74" s="73">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A75">
         <v>0</v>
       </c>
-      <c r="B75" s="72" t="s">
+      <c r="B75" s="71" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="20" t="s">
-        <v>213</v>
+        <v>228</v>
       </c>
       <c r="D75" t="s">
-        <v>212</v>
-[...4 lines deleted...]
-      <c r="F75" s="74">
+        <v>227</v>
+      </c>
+      <c r="E75" s="101">
+        <v>7430.57</v>
+      </c>
+      <c r="F75" s="73">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A76">
-[...14 lines deleted...]
-      <c r="F76" s="74">
+      <c r="A76" s="5">
+        <v>0</v>
+      </c>
+      <c r="B76" s="23" t="s">
+        <v>37</v>
+      </c>
+      <c r="C76" s="15" t="s">
+        <v>244</v>
+      </c>
+      <c r="D76" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="E76" s="62">
+        <v>2.94</v>
+      </c>
+      <c r="F76" s="12">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A77">
-[...14 lines deleted...]
-      <c r="F77" s="74">
+      <c r="A77" s="5">
+        <v>0</v>
+      </c>
+      <c r="B77" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="C77" s="15" t="s">
+        <v>245</v>
+      </c>
+      <c r="D77" s="5" t="s">
+        <v>248</v>
+      </c>
+      <c r="E77" s="62">
+        <v>5.91</v>
+      </c>
+      <c r="F77" s="12">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A78" s="5">
         <v>0</v>
       </c>
-      <c r="B78" s="23" t="s">
+      <c r="B78" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-        <v>7.04</v>
+        <v>249</v>
+      </c>
+      <c r="E78" s="62">
+        <v>19.23</v>
       </c>
       <c r="F78" s="12">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A79" s="5">
         <v>0</v>
       </c>
       <c r="B79" s="13" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-        <v>9.48</v>
+        <v>252</v>
+      </c>
+      <c r="E79" s="102">
+        <v>8966.65</v>
       </c>
       <c r="F79" s="12">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A80" s="5">
         <v>0</v>
       </c>
       <c r="B80" s="13" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>247</v>
+        <v>259</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>11.71</v>
+        <v>260</v>
+      </c>
+      <c r="E80" s="102">
+        <v>1068.5999999999999</v>
       </c>
       <c r="F80" s="12">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A81" s="5">
         <v>0</v>
       </c>
       <c r="B81" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="C81" s="15" t="s">
-        <v>252</v>
+      <c r="C81" s="20" t="s">
+        <v>261</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>253</v>
+        <v>266</v>
       </c>
       <c r="E81" s="62">
-        <v>9236.5300000000007</v>
+        <v>1017.15</v>
       </c>
       <c r="F81" s="12">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A82" s="5">
         <v>0</v>
       </c>
       <c r="B82" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="C82" s="15" t="s">
-        <v>260</v>
+      <c r="C82" s="20" t="s">
+        <v>264</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="E82" s="62">
-        <v>1977.39</v>
+        <v>441.02</v>
       </c>
       <c r="F82" s="12">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A83" s="5">
         <v>0</v>
       </c>
       <c r="B83" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="20" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-        <v>1497.63</v>
+        <v>268</v>
+      </c>
+      <c r="E83" s="62">
+        <v>250</v>
       </c>
       <c r="F83" s="12">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A84" s="5">
         <v>0</v>
       </c>
       <c r="B84" s="13" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C84" s="20" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-        <v>441.02</v>
+        <v>271</v>
+      </c>
+      <c r="E84" s="62">
+        <v>8.68</v>
       </c>
       <c r="F84" s="12">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A85" s="5">
         <v>0</v>
       </c>
       <c r="B85" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="C85" s="20" t="s">
-        <v>268</v>
+      <c r="C85" s="96" t="s">
+        <v>272</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>250</v>
+        <v>273</v>
+      </c>
+      <c r="E85" s="62">
+        <v>18008.12</v>
       </c>
       <c r="F85" s="12">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A86" s="5">
         <v>0</v>
       </c>
       <c r="B86" s="13" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>271</v>
+        <v>13</v>
+      </c>
+      <c r="C86" s="96" t="s">
+        <v>276</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>272</v>
-[...2 lines deleted...]
-        <v>4.5</v>
+        <v>277</v>
+      </c>
+      <c r="E86" s="62">
+        <v>2000</v>
       </c>
       <c r="F86" s="12">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A87" s="5">
         <v>0</v>
       </c>
       <c r="B87" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="C87" s="100" t="s">
-        <v>273</v>
+      <c r="C87" s="96" t="s">
+        <v>274</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-        <v>5000</v>
+        <v>275</v>
+      </c>
+      <c r="E87" s="62">
+        <v>2000</v>
       </c>
       <c r="F87" s="12">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A88" s="5">
-[...12 lines deleted...]
-        <v>2000</v>
+      <c r="A88" s="5"/>
+      <c r="B88" s="6"/>
+      <c r="C88" s="4"/>
+      <c r="D88" s="5"/>
+      <c r="E88" s="22" t="s">
+        <v>211</v>
       </c>
       <c r="F88" s="12">
-        <f t="shared" si="1"/>
+        <f>SUM(F10:F82)</f>
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A89" s="5">
-[...17 lines deleted...]
-      </c>
+      <c r="A89" s="5"/>
+      <c r="B89" s="6"/>
+      <c r="C89" s="4"/>
+      <c r="D89" s="5"/>
+      <c r="E89" s="22"/>
+      <c r="F89" s="5"/>
     </row>
     <row r="90" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A90" s="5"/>
       <c r="B90" s="6"/>
       <c r="C90" s="4"/>
       <c r="D90" s="5"/>
-      <c r="E90" s="22" t="s">
-[...21 lines deleted...]
-      <c r="F92" s="5"/>
+      <c r="E90" s="22"/>
+      <c r="F90" s="5"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C5:D5"/>
   </mergeCells>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup scale="98" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr transitionEvaluation="1"/>
   <dimension ref="A1:H78"/>
   <sheetViews>
-    <sheetView topLeftCell="A61" zoomScale="140" zoomScaleNormal="140" workbookViewId="0">
+    <sheetView tabSelected="1" topLeftCell="A19" zoomScale="140" zoomScaleNormal="140" workbookViewId="0">
       <selection activeCell="H15" sqref="H15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.625" defaultRowHeight="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="2" max="2" width="8.625" style="1" customWidth="1"/>
     <col min="3" max="3" width="10.875" style="2" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="40.75" customWidth="1"/>
     <col min="5" max="5" width="13.625" style="21" customWidth="1"/>
     <col min="6" max="6" width="16.625" style="28" customWidth="1"/>
     <col min="7" max="7" width="17.25" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B1" s="4"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="22"/>
       <c r="F1" s="26"/>
     </row>
     <row r="2" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A2" s="3" t="s">
@@ -4725,1516 +4679,1516 @@
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="24" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="10" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="5"/>
       <c r="H8" s="5"/>
     </row>
     <row r="9" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A9" s="5"/>
       <c r="B9" s="6"/>
       <c r="C9" s="4"/>
       <c r="D9" s="5"/>
       <c r="E9" s="22"/>
       <c r="F9" s="26"/>
       <c r="G9" s="5"/>
       <c r="H9" s="5"/>
     </row>
     <row r="10" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A10" s="31">
         <v>0</v>
       </c>
-      <c r="B10" s="69" t="s">
+      <c r="B10" s="68" t="s">
         <v>100</v>
       </c>
-      <c r="C10" s="69">
+      <c r="C10" s="68">
         <v>2562</v>
       </c>
       <c r="D10" s="32" t="s">
         <v>101</v>
       </c>
       <c r="E10" s="33">
         <v>6.57</v>
       </c>
-      <c r="F10" s="64">
+      <c r="F10" s="63">
         <f t="shared" ref="F10:F74" si="0">(A10*E10)</f>
         <v>0</v>
       </c>
       <c r="G10" s="5"/>
       <c r="H10" s="5"/>
     </row>
     <row r="11" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A11" s="32">
         <v>0</v>
       </c>
       <c r="B11" s="32" t="s">
         <v>92</v>
       </c>
       <c r="C11" s="34">
         <v>2569</v>
       </c>
       <c r="D11" s="32" t="s">
         <v>155</v>
       </c>
       <c r="E11" s="33">
         <v>0</v>
       </c>
-      <c r="F11" s="64">
+      <c r="F11" s="63">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G11" s="5"/>
       <c r="H11" s="5"/>
     </row>
     <row r="12" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A12" s="32">
         <v>0</v>
       </c>
       <c r="B12" s="32" t="s">
         <v>92</v>
       </c>
       <c r="C12" s="34">
         <v>2650</v>
       </c>
       <c r="D12" s="32" t="s">
         <v>154</v>
       </c>
       <c r="E12" s="33">
         <v>0</v>
       </c>
-      <c r="F12" s="64">
+      <c r="F12" s="63">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G12" s="5"/>
       <c r="H12" s="5"/>
     </row>
     <row r="13" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A13" s="32">
         <v>0</v>
       </c>
       <c r="B13" s="32" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="34">
         <v>2775</v>
       </c>
       <c r="D13" s="32" t="s">
         <v>125</v>
       </c>
       <c r="E13" s="33">
         <v>1081.1199999999999</v>
       </c>
-      <c r="F13" s="64">
+      <c r="F13" s="63">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G13" s="5"/>
       <c r="H13" s="5"/>
     </row>
     <row r="14" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A14" s="11">
         <v>0</v>
       </c>
       <c r="B14" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="13">
         <v>4700</v>
       </c>
       <c r="D14" s="13" t="s">
         <v>14</v>
       </c>
-      <c r="E14" s="65">
+      <c r="E14" s="64">
         <v>2240.6</v>
       </c>
       <c r="F14" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G14" s="5"/>
       <c r="H14" s="5"/>
     </row>
     <row r="15" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A15" s="11">
         <v>0</v>
       </c>
       <c r="B15" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="13">
         <v>4701</v>
       </c>
       <c r="D15" s="13" t="s">
         <v>15</v>
       </c>
-      <c r="E15" s="65">
+      <c r="E15" s="64">
         <v>2179.81</v>
       </c>
       <c r="F15" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G15" s="5"/>
       <c r="H15" s="5"/>
     </row>
     <row r="16" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A16" s="11">
         <v>0</v>
       </c>
       <c r="B16" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="13">
         <v>4710</v>
       </c>
       <c r="D16" s="13" t="s">
         <v>16</v>
       </c>
-      <c r="E16" s="65">
+      <c r="E16" s="64">
         <v>30497.21</v>
       </c>
       <c r="F16" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G16" s="5"/>
       <c r="H16" s="5"/>
     </row>
     <row r="17" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A17" s="11">
         <v>0</v>
       </c>
       <c r="B17" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="13">
         <v>4712</v>
       </c>
       <c r="D17" s="13" t="s">
         <v>18</v>
       </c>
-      <c r="E17" s="63">
+      <c r="E17" s="62">
         <v>32680</v>
       </c>
       <c r="F17" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A18" s="11">
         <v>0</v>
       </c>
       <c r="B18" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="13">
         <v>4714</v>
       </c>
       <c r="D18" s="13" t="s">
         <v>20</v>
       </c>
-      <c r="E18" s="65">
+      <c r="E18" s="64">
         <v>53351.46</v>
       </c>
       <c r="F18" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A19" s="11">
         <v>0</v>
       </c>
       <c r="B19" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="13">
         <v>4720</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="E19" s="89">
+      <c r="E19" s="85">
         <v>200</v>
       </c>
       <c r="F19" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A20" s="11">
         <v>0</v>
       </c>
       <c r="B20" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="13">
         <v>4721</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="E20" s="66">
+      <c r="E20" s="65">
         <v>500</v>
       </c>
       <c r="F20" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A21" s="11">
         <v>0</v>
       </c>
       <c r="B21" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="13">
         <v>4722</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E21" s="90">
+      <c r="E21" s="86">
         <v>544.20000000000005</v>
       </c>
       <c r="F21" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A22" s="11">
         <v>0</v>
       </c>
       <c r="B22" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="13">
         <v>4723</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="E22" s="89">
+      <c r="E22" s="85">
         <v>568.29</v>
       </c>
       <c r="F22" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A23" s="11">
         <v>0</v>
       </c>
       <c r="B23" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="13">
         <v>4724</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="E23" s="89">
+      <c r="E23" s="85">
         <v>504</v>
       </c>
       <c r="F23" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A24" s="11">
         <v>0</v>
       </c>
       <c r="B24" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="13">
         <v>4725</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="E24" s="89">
+      <c r="E24" s="85">
         <v>636.46</v>
       </c>
       <c r="F24" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A25" s="11">
         <v>0</v>
       </c>
       <c r="B25" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="13">
         <v>4730</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="E25" s="89">
+      <c r="E25" s="85">
         <v>500</v>
       </c>
       <c r="F25" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A26" s="11">
         <v>0</v>
       </c>
       <c r="B26" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="13">
         <v>4740</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="E26" s="89">
+      <c r="E26" s="85">
         <v>1499.19</v>
       </c>
       <c r="F26" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A27" s="11">
         <v>0</v>
       </c>
       <c r="B27" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="13">
         <v>4741</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="E27" s="89">
+      <c r="E27" s="85">
         <v>2000</v>
       </c>
       <c r="F27" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A28" s="11">
         <v>0</v>
       </c>
       <c r="B28" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="13">
         <v>4750</v>
       </c>
       <c r="D28" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="E28" s="89">
+      <c r="E28" s="85">
         <v>673.5</v>
       </c>
       <c r="F28" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A29" s="11">
         <v>0</v>
       </c>
       <c r="B29" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="13">
         <v>4760</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="E29" s="63">
+      <c r="E29" s="62">
         <v>13000</v>
       </c>
       <c r="F29" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A30" s="11">
         <v>0</v>
       </c>
       <c r="B30" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="13">
         <v>4761</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="E30" s="89">
+      <c r="E30" s="85">
         <v>24667</v>
       </c>
       <c r="F30" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A31" s="11">
         <v>0</v>
       </c>
       <c r="B31" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="13">
         <v>4770</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>119</v>
       </c>
-      <c r="E31" s="89">
+      <c r="E31" s="85">
         <v>446.73</v>
       </c>
       <c r="F31" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A32" s="11">
         <v>0</v>
       </c>
       <c r="B32" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="13">
         <v>4773</v>
       </c>
       <c r="D32" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="E32" s="89">
+      <c r="E32" s="85">
         <v>2988.89</v>
       </c>
       <c r="F32" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A33" s="11">
         <v>0</v>
       </c>
       <c r="B33" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="13">
         <v>4775</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>263</v>
-[...1 lines deleted...]
-      <c r="E33" s="49">
+        <v>262</v>
+      </c>
+      <c r="E33" s="48">
         <v>10866</v>
       </c>
       <c r="F33" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A34" s="11">
         <v>0</v>
       </c>
       <c r="B34" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="13">
         <v>4776</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>153</v>
       </c>
-      <c r="E34" s="59">
+      <c r="E34" s="58">
         <v>9595.33</v>
       </c>
       <c r="F34" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A35" s="11">
         <v>0</v>
       </c>
       <c r="B35" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="13">
         <v>4780</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="E35" s="89">
+      <c r="E35" s="85">
         <v>177.65</v>
       </c>
       <c r="F35" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A36" s="11">
         <v>0</v>
       </c>
       <c r="B36" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C36" s="13">
         <v>4793</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="E36" s="89">
+      <c r="E36" s="85">
         <v>14.9</v>
       </c>
       <c r="F36" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A37" s="11">
         <v>0</v>
       </c>
       <c r="B37" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C37" s="13">
         <v>4795</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="E37" s="89">
+      <c r="E37" s="85">
         <v>19.989999999999998</v>
       </c>
       <c r="F37" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A38" s="11">
         <v>0</v>
       </c>
       <c r="B38" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C38" s="13">
         <v>4797</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="E38" s="60">
+      <c r="E38" s="59">
         <v>39.520000000000003</v>
       </c>
       <c r="F38" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A39" s="11">
         <v>0</v>
       </c>
       <c r="B39" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="13">
         <v>4800</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="E39" s="89">
+      <c r="E39" s="85">
         <v>340.11</v>
       </c>
       <c r="F39" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A40" s="11">
         <v>0</v>
       </c>
       <c r="B40" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="13">
         <v>4810</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>219</v>
       </c>
-      <c r="E40" s="89">
+      <c r="E40" s="85">
         <v>1009.11</v>
       </c>
       <c r="F40" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A41" s="11">
         <v>0</v>
       </c>
       <c r="B41" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C41" s="13">
         <v>4820</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="E41" s="89">
+      <c r="E41" s="85">
         <v>7.9</v>
       </c>
       <c r="F41" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A42" s="11">
         <v>0</v>
       </c>
       <c r="B42" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C42" s="13">
         <v>4821</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="E42" s="60">
+      <c r="E42" s="59">
         <v>93.9</v>
       </c>
       <c r="F42" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A43" s="11">
         <v>0</v>
       </c>
       <c r="B43" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C43" s="13">
         <v>4832</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="E43" s="89">
+      <c r="E43" s="85">
         <v>0.64</v>
       </c>
       <c r="F43" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A44" s="11">
         <v>0</v>
       </c>
       <c r="B44" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C44" s="13">
         <v>4833</v>
       </c>
       <c r="D44" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="E44" s="89">
+      <c r="E44" s="85">
         <v>1.52</v>
       </c>
       <c r="F44" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A45" s="11">
         <v>0</v>
       </c>
       <c r="B45" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C45" s="13">
         <v>4834</v>
       </c>
       <c r="D45" s="5" t="s">
         <v>53</v>
       </c>
-      <c r="E45" s="89">
+      <c r="E45" s="85">
         <v>1.85</v>
       </c>
       <c r="F45" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A46" s="11">
         <v>0</v>
       </c>
       <c r="B46" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C46" s="13">
         <v>4835</v>
       </c>
       <c r="D46" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="E46" s="89">
+      <c r="E46" s="85">
         <v>1.67</v>
       </c>
       <c r="F46" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A47" s="11">
         <v>0</v>
       </c>
       <c r="B47" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C47" s="13">
         <v>4836</v>
       </c>
       <c r="D47" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="E47" s="89">
+      <c r="E47" s="85">
         <v>2.5099999999999998</v>
       </c>
       <c r="F47" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A48" s="11">
         <v>0</v>
       </c>
       <c r="B48" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C48" s="13">
         <v>4837</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>56</v>
       </c>
-      <c r="E48" s="67">
+      <c r="E48" s="66">
         <v>2.5</v>
       </c>
       <c r="F48" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A49" s="11">
         <v>0</v>
       </c>
       <c r="B49" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C49" s="13">
         <v>4860</v>
       </c>
       <c r="D49" s="5" t="s">
         <v>105</v>
       </c>
-      <c r="E49" s="89">
+      <c r="E49" s="85">
         <v>9.1199999999999992</v>
       </c>
       <c r="F49" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A50" s="11">
         <v>0</v>
       </c>
       <c r="B50" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C50" s="13">
         <v>4861</v>
       </c>
       <c r="D50" s="5" t="s">
         <v>106</v>
       </c>
-      <c r="E50" s="89">
+      <c r="E50" s="85">
         <v>6.48</v>
       </c>
       <c r="F50" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A51" s="11">
         <v>0</v>
       </c>
       <c r="B51" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C51" s="13">
         <v>4862</v>
       </c>
       <c r="D51" s="5" t="s">
         <v>107</v>
       </c>
-      <c r="E51" s="89">
+      <c r="E51" s="85">
         <v>5.07</v>
       </c>
       <c r="F51" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A52" s="11">
         <v>0</v>
       </c>
       <c r="B52" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C52" s="13">
         <v>4863</v>
       </c>
       <c r="D52" s="5" t="s">
         <v>137</v>
       </c>
-      <c r="E52" s="89">
+      <c r="E52" s="85">
         <v>6.4</v>
       </c>
       <c r="F52" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A53" s="11">
         <v>0</v>
       </c>
       <c r="B53" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C53" s="13">
         <v>4864</v>
       </c>
       <c r="D53" s="5" t="s">
         <v>108</v>
       </c>
-      <c r="E53" s="91">
+      <c r="E53" s="87">
         <v>9.9</v>
       </c>
       <c r="F53" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A54" s="11">
         <v>0</v>
       </c>
       <c r="B54" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="13">
         <v>4873</v>
       </c>
       <c r="D54" s="5" t="s">
         <v>237</v>
       </c>
-      <c r="E54" s="89">
+      <c r="E54" s="85">
         <v>812.42</v>
       </c>
       <c r="F54" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A55" s="71">
-[...5 lines deleted...]
-      <c r="C55" s="72">
+      <c r="A55" s="70">
+        <v>0</v>
+      </c>
+      <c r="B55" s="71" t="s">
+        <v>13</v>
+      </c>
+      <c r="C55" s="71">
         <v>4884</v>
       </c>
       <c r="D55" t="s">
         <v>73</v>
       </c>
-      <c r="E55" s="92">
+      <c r="E55" s="88">
         <v>900</v>
       </c>
-      <c r="F55" s="93">
+      <c r="F55" s="89">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A56" s="71">
-[...2 lines deleted...]
-      <c r="B56" s="72" t="s">
+      <c r="A56" s="70">
+        <v>0</v>
+      </c>
+      <c r="B56" s="71" t="s">
         <v>92</v>
       </c>
-      <c r="C56" s="72">
+      <c r="C56" s="71">
         <v>4940</v>
       </c>
       <c r="D56" t="s">
         <v>93</v>
       </c>
-      <c r="E56" s="94">
+      <c r="E56" s="90">
         <v>15000</v>
       </c>
-      <c r="F56" s="93">
+      <c r="F56" s="89">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A57" s="71">
-[...5 lines deleted...]
-      <c r="C57" s="72">
+      <c r="A57" s="70">
+        <v>0</v>
+      </c>
+      <c r="B57" s="71" t="s">
+        <v>13</v>
+      </c>
+      <c r="C57" s="71">
         <v>4942</v>
       </c>
       <c r="D57" t="s">
         <v>109</v>
       </c>
-      <c r="E57" s="82">
+      <c r="E57" s="80">
         <v>8000</v>
       </c>
-      <c r="F57" s="93">
+      <c r="F57" s="89">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A58" s="71">
-[...5 lines deleted...]
-      <c r="C58" s="81" t="s">
+      <c r="A58" s="70">
+        <v>0</v>
+      </c>
+      <c r="B58" s="71" t="s">
+        <v>13</v>
+      </c>
+      <c r="C58" s="79" t="s">
         <v>173</v>
       </c>
       <c r="D58" t="s">
         <v>221</v>
       </c>
-      <c r="E58" s="92">
+      <c r="E58" s="88">
         <v>1852.9</v>
       </c>
-      <c r="F58" s="93">
+      <c r="F58" s="89">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A59" s="71">
-[...5 lines deleted...]
-      <c r="C59" s="81" t="s">
+      <c r="A59" s="70">
+        <v>0</v>
+      </c>
+      <c r="B59" s="71" t="s">
+        <v>13</v>
+      </c>
+      <c r="C59" s="79" t="s">
         <v>174</v>
       </c>
       <c r="D59" t="s">
         <v>222</v>
       </c>
-      <c r="E59" s="92">
+      <c r="E59" s="88">
         <v>2536.66</v>
       </c>
-      <c r="F59" s="93">
+      <c r="F59" s="89">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A60" s="71">
-[...2 lines deleted...]
-      <c r="B60" s="72" t="s">
+      <c r="A60" s="70">
+        <v>0</v>
+      </c>
+      <c r="B60" s="71" t="s">
         <v>37</v>
       </c>
-      <c r="C60" s="81" t="s">
+      <c r="C60" s="79" t="s">
         <v>175</v>
       </c>
       <c r="D60" t="s">
         <v>167</v>
       </c>
-      <c r="E60" s="92">
+      <c r="E60" s="88">
         <v>13.65</v>
       </c>
-      <c r="F60" s="93">
+      <c r="F60" s="89">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A61" s="71">
-[...2 lines deleted...]
-      <c r="B61" s="72" t="s">
+      <c r="A61" s="70">
+        <v>0</v>
+      </c>
+      <c r="B61" s="71" t="s">
         <v>92</v>
       </c>
-      <c r="C61" s="72" t="s">
+      <c r="C61" s="71" t="s">
         <v>133</v>
       </c>
-      <c r="D61" s="72" t="s">
+      <c r="D61" s="71" t="s">
         <v>134</v>
       </c>
-      <c r="E61" s="86">
+      <c r="E61" s="83">
         <v>53375</v>
       </c>
-      <c r="F61" s="93">
+      <c r="F61" s="89">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A62" s="71">
-[...2 lines deleted...]
-      <c r="B62" s="72" t="s">
+      <c r="A62" s="70">
+        <v>0</v>
+      </c>
+      <c r="B62" s="71" t="s">
         <v>92</v>
       </c>
       <c r="C62" s="20" t="s">
         <v>235</v>
       </c>
       <c r="D62" t="s">
         <v>236</v>
       </c>
-      <c r="E62" s="94">
+      <c r="E62" s="90">
         <v>25000</v>
       </c>
-      <c r="F62" s="93">
+      <c r="F62" s="89">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A63" s="11">
         <v>0</v>
       </c>
       <c r="B63" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C63" s="13" t="s">
         <v>146</v>
       </c>
       <c r="D63" s="13" t="s">
         <v>147</v>
       </c>
-      <c r="E63" s="89">
+      <c r="E63" s="85">
         <v>28.88</v>
       </c>
       <c r="F63" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A64" s="11">
         <v>0</v>
       </c>
       <c r="B64" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="13" t="s">
         <v>150</v>
       </c>
       <c r="D64" s="13" t="s">
         <v>224</v>
       </c>
-      <c r="E64" s="89">
+      <c r="E64" s="85">
         <v>600</v>
       </c>
       <c r="F64" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A65" s="11">
         <v>0</v>
       </c>
       <c r="B65" s="13" t="s">
         <v>92</v>
       </c>
       <c r="C65" s="13" t="s">
         <v>163</v>
       </c>
       <c r="D65" s="13" t="s">
         <v>164</v>
       </c>
-      <c r="E65" s="49">
+      <c r="E65" s="48">
         <v>45000</v>
       </c>
       <c r="F65" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A66" s="11">
         <v>0</v>
       </c>
       <c r="B66" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="13" t="s">
         <v>171</v>
       </c>
       <c r="D66" s="13" t="s">
         <v>172</v>
       </c>
-      <c r="E66" s="60">
+      <c r="E66" s="59">
         <v>1798</v>
       </c>
       <c r="F66" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A67" s="11">
         <v>0</v>
       </c>
       <c r="B67" s="13" t="s">
         <v>194</v>
       </c>
       <c r="C67" s="13" t="s">
         <v>205</v>
       </c>
       <c r="D67" s="5" t="s">
         <v>104</v>
       </c>
-      <c r="E67" s="89">
+      <c r="E67" s="85">
         <v>1069.75</v>
       </c>
       <c r="F67" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A68" s="5">
         <v>0</v>
       </c>
       <c r="B68" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>229</v>
       </c>
       <c r="D68" s="5" t="s">
         <v>231</v>
       </c>
-      <c r="E68" s="62">
+      <c r="E68" s="61">
         <v>0.28000000000000003</v>
       </c>
       <c r="F68" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A69" s="5">
         <v>0</v>
       </c>
       <c r="B69" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>230</v>
       </c>
       <c r="D69" s="5" t="s">
         <v>232</v>
       </c>
-      <c r="E69" s="62">
+      <c r="E69" s="61">
         <v>0.72</v>
       </c>
       <c r="F69" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A70" s="5">
         <v>0</v>
       </c>
       <c r="B70" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>238</v>
       </c>
       <c r="D70" s="5" t="s">
         <v>239</v>
       </c>
-      <c r="E70" s="89">
+      <c r="E70" s="85">
         <v>635.91</v>
       </c>
       <c r="F70" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A71" s="5">
         <v>0</v>
       </c>
       <c r="B71" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>256</v>
+      </c>
+      <c r="D71" s="5" t="s">
         <v>257</v>
       </c>
-      <c r="D71" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E71" s="89">
+      <c r="E71" s="85">
         <v>2391.42</v>
       </c>
       <c r="F71" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A72" s="5">
         <v>0</v>
       </c>
       <c r="B72" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>242</v>
+      </c>
+      <c r="D72" s="5" t="s">
         <v>243</v>
       </c>
-      <c r="D72" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E72" s="68">
+      <c r="E72" s="67">
         <v>2000</v>
       </c>
       <c r="F72" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A73" s="5">
         <v>0</v>
       </c>
       <c r="B73" s="23" t="s">
         <v>37</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>248</v>
-[...1 lines deleted...]
-      <c r="E73" s="89">
+        <v>247</v>
+      </c>
+      <c r="E73" s="85">
         <v>7.04</v>
       </c>
       <c r="F73" s="12">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A74" s="5">
         <v>0</v>
       </c>
       <c r="B74" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>249</v>
-[...1 lines deleted...]
-      <c r="E74" s="89">
+        <v>248</v>
+      </c>
+      <c r="E74" s="85">
         <v>9.48</v>
       </c>
       <c r="F74" s="12">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A75" s="5">
         <v>0</v>
       </c>
       <c r="B75" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>250</v>
-[...1 lines deleted...]
-      <c r="E75" s="89">
+        <v>249</v>
+      </c>
+      <c r="E75" s="85">
         <v>11.71</v>
       </c>
       <c r="F75" s="12">
         <f t="shared" ref="F75:F77" si="1">(A75*E75)</f>
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A76" s="5">
         <v>0</v>
       </c>
       <c r="B76" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>254</v>
-[...1 lines deleted...]
-      <c r="E76" s="89">
+        <v>253</v>
+      </c>
+      <c r="E76" s="85">
         <v>0.94</v>
       </c>
       <c r="F76" s="12">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A77" s="5">
         <v>0</v>
       </c>
       <c r="B77" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>264</v>
-[...1 lines deleted...]
-      <c r="E77" s="89">
+        <v>263</v>
+      </c>
+      <c r="E77" s="85">
         <v>5.04</v>
       </c>
       <c r="F77" s="12">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A78" s="5"/>
       <c r="B78" s="6"/>
       <c r="C78" s="4"/>
       <c r="D78" s="5"/>
       <c r="E78" s="22" t="s">
         <v>210</v>
       </c>
       <c r="F78" s="29">
         <f>SUM(F10:F77)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup scale="96" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet3"/>
-  <dimension ref="A1:I191"/>
+  <dimension ref="A1:I192"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A177" zoomScale="160" zoomScaleNormal="160" workbookViewId="0">
-      <selection activeCell="D196" sqref="D196"/>
+    <sheetView topLeftCell="A87" zoomScale="160" zoomScaleNormal="160" workbookViewId="0">
+      <selection activeCell="G87" sqref="G87"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="3" max="3" width="12.125" customWidth="1"/>
     <col min="4" max="4" width="40.125" customWidth="1"/>
     <col min="5" max="5" width="17.5" style="21" customWidth="1"/>
     <col min="6" max="6" width="13.75" customWidth="1"/>
     <col min="7" max="7" width="16.25" customWidth="1"/>
     <col min="8" max="8" width="17.375" customWidth="1"/>
     <col min="9" max="9" width="11.875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A1" s="35" t="s">
         <v>2</v>
       </c>
       <c r="B1" s="36"/>
       <c r="C1" s="37"/>
       <c r="D1" s="37"/>
       <c r="E1" s="37"/>
       <c r="F1" s="37"/>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A2" s="35" t="s">
@@ -6313,4132 +6267,4155 @@
       <c r="F8" s="42" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A9" s="37"/>
       <c r="B9" s="38"/>
       <c r="C9" s="36"/>
       <c r="D9" s="37"/>
       <c r="E9" s="37"/>
       <c r="F9" s="37"/>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A10" s="43">
         <v>0</v>
       </c>
       <c r="B10" s="46" t="s">
         <v>100</v>
       </c>
       <c r="C10" s="46">
         <v>2562</v>
       </c>
       <c r="D10" s="37" t="s">
         <v>101</v>
       </c>
-      <c r="E10" s="95">
+      <c r="E10" s="91">
         <v>6.57</v>
       </c>
       <c r="F10" s="44">
         <f>E10*A10</f>
         <v>0</v>
       </c>
       <c r="G10" s="23"/>
       <c r="H10" s="23"/>
       <c r="I10" s="16"/>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A11" s="37">
         <v>0</v>
       </c>
       <c r="B11" s="37" t="s">
         <v>92</v>
       </c>
       <c r="C11" s="45">
         <v>2569</v>
       </c>
       <c r="D11" s="37" t="s">
         <v>155</v>
       </c>
-      <c r="E11" s="52">
+      <c r="E11" s="51">
         <v>0</v>
       </c>
       <c r="F11" s="44">
         <f t="shared" ref="F11:F75" si="0">E11*A11</f>
         <v>0</v>
       </c>
       <c r="G11" s="23"/>
       <c r="H11" s="23"/>
       <c r="I11" s="16"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A12" s="37">
         <v>0</v>
       </c>
       <c r="B12" s="37" t="s">
         <v>92</v>
       </c>
       <c r="C12" s="45">
         <v>2650</v>
       </c>
       <c r="D12" s="37" t="s">
         <v>154</v>
       </c>
-      <c r="E12" s="52">
+      <c r="E12" s="51">
         <v>0</v>
       </c>
       <c r="F12" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G12" s="23"/>
       <c r="H12" s="23"/>
       <c r="I12" s="16"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A13" s="37">
         <v>0</v>
       </c>
       <c r="B13" s="37" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="45">
         <v>2775</v>
       </c>
       <c r="D13" s="37" t="s">
         <v>125</v>
       </c>
-      <c r="E13" s="95">
+      <c r="E13" s="91">
         <v>1081.1199999999999</v>
       </c>
       <c r="F13" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G13" s="23"/>
       <c r="H13" s="22"/>
       <c r="I13" s="16"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A14" s="43">
         <v>0</v>
       </c>
       <c r="B14" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="46">
         <v>4700</v>
       </c>
       <c r="D14" s="46" t="s">
         <v>14</v>
       </c>
-      <c r="E14" s="96">
+      <c r="E14" s="92">
         <v>2240.6</v>
       </c>
       <c r="F14" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G14" s="23"/>
       <c r="H14" s="22"/>
       <c r="I14" s="16"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A15" s="43">
         <v>0</v>
       </c>
       <c r="B15" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="46">
         <v>4701</v>
       </c>
       <c r="D15" s="46" t="s">
         <v>15</v>
       </c>
-      <c r="E15" s="96">
+      <c r="E15" s="92">
         <v>2179.81</v>
       </c>
       <c r="F15" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G15" s="23"/>
       <c r="H15" s="22"/>
       <c r="I15" s="16"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A16" s="43">
         <v>0</v>
       </c>
       <c r="B16" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="46">
         <v>4710</v>
       </c>
       <c r="D16" s="46" t="s">
         <v>16</v>
       </c>
-      <c r="E16" s="96">
+      <c r="E16" s="92">
         <v>30497.21</v>
       </c>
       <c r="F16" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G16" s="17"/>
       <c r="H16" s="22"/>
       <c r="I16" s="16"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A17" s="43">
         <v>0</v>
       </c>
       <c r="B17" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="46">
         <v>4711</v>
       </c>
       <c r="D17" s="46" t="s">
         <v>17</v>
       </c>
-      <c r="E17" s="53">
+      <c r="E17" s="52">
         <v>26000</v>
       </c>
       <c r="F17" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G17" s="17"/>
       <c r="H17" s="22"/>
       <c r="I17" s="16"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A18" s="43">
         <v>0</v>
       </c>
       <c r="B18" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="46">
         <v>4712</v>
       </c>
       <c r="D18" s="46" t="s">
         <v>18</v>
       </c>
-      <c r="E18" s="95">
+      <c r="E18" s="91">
         <v>32680</v>
       </c>
       <c r="F18" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G18" s="17"/>
       <c r="H18" s="22"/>
       <c r="I18" s="14"/>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A19" s="43">
         <v>0</v>
       </c>
       <c r="B19" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="46">
         <v>4713</v>
       </c>
       <c r="D19" s="46" t="s">
         <v>19</v>
       </c>
-      <c r="E19" s="53">
+      <c r="E19" s="52">
         <v>28500</v>
       </c>
       <c r="F19" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G19" s="17"/>
       <c r="H19" s="22"/>
       <c r="I19" s="14"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A20" s="43">
         <v>0</v>
       </c>
       <c r="B20" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="46">
         <v>4714</v>
       </c>
       <c r="D20" s="46" t="s">
         <v>20</v>
       </c>
-      <c r="E20" s="96">
+      <c r="E20" s="92">
         <v>53351.46</v>
       </c>
       <c r="F20" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G20" s="17"/>
       <c r="H20" s="22"/>
       <c r="I20" s="14"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A21" s="43">
         <v>0</v>
       </c>
       <c r="B21" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="46">
         <v>4720</v>
       </c>
       <c r="D21" s="37" t="s">
         <v>21</v>
       </c>
-      <c r="E21" s="95">
+      <c r="E21" s="91">
         <v>200</v>
       </c>
       <c r="F21" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G21" s="17"/>
       <c r="H21" s="22"/>
       <c r="I21" s="14"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A22" s="43">
         <v>0</v>
       </c>
       <c r="B22" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="46">
         <v>4721</v>
       </c>
       <c r="D22" s="37" t="s">
         <v>22</v>
       </c>
-      <c r="E22" s="54">
+      <c r="E22" s="53">
         <v>500</v>
       </c>
       <c r="F22" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G22" s="17"/>
       <c r="H22" s="22"/>
       <c r="I22" s="14"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A23" s="43">
         <v>0</v>
       </c>
       <c r="B23" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="46">
         <v>4722</v>
       </c>
       <c r="D23" s="37" t="s">
         <v>23</v>
       </c>
-      <c r="E23" s="97">
+      <c r="E23" s="93">
         <v>544.20000000000005</v>
       </c>
       <c r="F23" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G23" s="17"/>
       <c r="H23" s="22"/>
       <c r="I23" s="14"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A24" s="43">
         <v>0</v>
       </c>
       <c r="B24" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="46">
         <v>4723</v>
       </c>
       <c r="D24" s="37" t="s">
         <v>24</v>
       </c>
-      <c r="E24" s="95">
+      <c r="E24" s="91">
         <v>568.29</v>
       </c>
       <c r="F24" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G24" s="17"/>
       <c r="H24" s="22"/>
       <c r="I24" s="14"/>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A25" s="43">
         <v>0</v>
       </c>
       <c r="B25" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="46">
         <v>4724</v>
       </c>
       <c r="D25" s="37" t="s">
         <v>25</v>
       </c>
-      <c r="E25" s="95">
+      <c r="E25" s="91">
         <v>504</v>
       </c>
       <c r="F25" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G25" s="17"/>
       <c r="H25" s="22"/>
       <c r="I25" s="14"/>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A26" s="43">
         <v>0</v>
       </c>
       <c r="B26" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="46">
         <v>4725</v>
       </c>
       <c r="D26" s="37" t="s">
         <v>26</v>
       </c>
-      <c r="E26" s="95">
+      <c r="E26" s="91">
         <v>636.46</v>
       </c>
       <c r="F26" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G26" s="17"/>
       <c r="H26" s="22"/>
       <c r="I26" s="14"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A27" s="43">
         <v>0</v>
       </c>
       <c r="B27" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="46">
         <v>4730</v>
       </c>
       <c r="D27" s="37" t="s">
         <v>27</v>
       </c>
-      <c r="E27" s="95">
+      <c r="E27" s="91">
         <v>500</v>
       </c>
       <c r="F27" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G27" s="17"/>
       <c r="H27" s="22"/>
       <c r="I27" s="14"/>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A28" s="43">
         <v>0</v>
       </c>
       <c r="B28" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="46">
         <v>4740</v>
       </c>
       <c r="D28" s="37" t="s">
         <v>28</v>
       </c>
-      <c r="E28" s="95">
+      <c r="E28" s="91">
         <v>1499.19</v>
       </c>
       <c r="F28" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G28" s="17"/>
       <c r="H28" s="22"/>
       <c r="I28" s="14"/>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A29" s="43">
         <v>0</v>
       </c>
       <c r="B29" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="46">
         <v>4741</v>
       </c>
       <c r="D29" s="37" t="s">
         <v>29</v>
       </c>
-      <c r="E29" s="95">
+      <c r="E29" s="91">
         <v>2000</v>
       </c>
       <c r="F29" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G29" s="17"/>
       <c r="H29" s="22"/>
       <c r="I29" s="14"/>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A30" s="43">
         <v>0</v>
       </c>
       <c r="B30" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="46">
         <v>4742</v>
       </c>
       <c r="D30" s="37" t="s">
         <v>104</v>
       </c>
-      <c r="E30" s="52">
+      <c r="E30" s="51">
         <v>10000</v>
       </c>
       <c r="F30" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G30" s="17"/>
       <c r="H30" s="22"/>
       <c r="I30" s="14"/>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A31" s="43">
         <v>0</v>
       </c>
       <c r="B31" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="46">
         <v>4750</v>
       </c>
       <c r="D31" s="37" t="s">
         <v>30</v>
       </c>
-      <c r="E31" s="95">
+      <c r="E31" s="91">
         <v>673.5</v>
       </c>
       <c r="F31" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G31" s="17"/>
       <c r="H31" s="22"/>
       <c r="I31" s="14"/>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A32" s="43">
         <v>0</v>
       </c>
       <c r="B32" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="46">
         <v>4760</v>
       </c>
       <c r="D32" s="37" t="s">
         <v>31</v>
       </c>
-      <c r="E32" s="95">
+      <c r="E32" s="91">
         <v>13000</v>
       </c>
       <c r="F32" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G32" s="17"/>
       <c r="H32" s="22"/>
       <c r="I32" s="14"/>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A33" s="43">
         <v>0</v>
       </c>
       <c r="B33" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="46">
         <v>4761</v>
       </c>
       <c r="D33" s="37" t="s">
         <v>32</v>
       </c>
-      <c r="E33" s="95">
+      <c r="E33" s="91">
         <v>24667</v>
       </c>
       <c r="F33" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G33" s="17"/>
       <c r="H33" s="22"/>
       <c r="I33" s="14"/>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A34" s="43">
         <v>0</v>
       </c>
       <c r="B34" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="46">
         <v>4770</v>
       </c>
       <c r="D34" s="37" t="s">
         <v>119</v>
       </c>
-      <c r="E34" s="95">
+      <c r="E34" s="91">
         <v>446.73</v>
       </c>
       <c r="F34" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G34" s="17"/>
       <c r="H34" s="22"/>
       <c r="I34" s="14"/>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A35" s="43">
         <v>0</v>
       </c>
       <c r="B35" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="46">
         <v>4771</v>
       </c>
       <c r="D35" s="37" t="s">
         <v>33</v>
       </c>
-      <c r="E35" s="98">
+      <c r="E35" s="94">
         <v>900</v>
       </c>
       <c r="F35" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G35" s="17"/>
       <c r="H35" s="22"/>
       <c r="I35" s="14"/>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A36" s="43">
         <v>0</v>
       </c>
       <c r="B36" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="46">
         <v>4772</v>
       </c>
       <c r="D36" s="37" t="s">
         <v>34</v>
       </c>
-      <c r="E36" s="98">
+      <c r="E36" s="94">
         <v>2100</v>
       </c>
       <c r="F36" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G36" s="17"/>
       <c r="H36" s="22"/>
       <c r="I36" s="14"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A37" s="43">
         <v>0</v>
       </c>
       <c r="B37" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="46">
         <v>4773</v>
       </c>
       <c r="D37" s="37" t="s">
         <v>35</v>
       </c>
-      <c r="E37" s="95">
+      <c r="E37" s="91">
         <v>2988.89</v>
       </c>
       <c r="F37" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G37" s="17"/>
       <c r="H37" s="22"/>
       <c r="I37" s="14"/>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A38" s="43">
         <v>0</v>
       </c>
       <c r="B38" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="46">
         <v>4775</v>
       </c>
       <c r="D38" s="37" t="s">
-        <v>270</v>
-[...1 lines deleted...]
-      <c r="E38" s="95">
+        <v>269</v>
+      </c>
+      <c r="E38" s="91">
         <v>10866</v>
       </c>
       <c r="F38" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G38" s="17"/>
       <c r="H38" s="22"/>
       <c r="I38" s="14"/>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A39" s="43">
         <v>0</v>
       </c>
       <c r="B39" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="46">
         <v>4776</v>
       </c>
       <c r="D39" s="37" t="s">
         <v>153</v>
       </c>
-      <c r="E39" s="55">
+      <c r="E39" s="54">
         <v>5624</v>
       </c>
       <c r="F39" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G39" s="23"/>
       <c r="H39" s="22"/>
       <c r="I39" s="14"/>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A40" s="43">
         <v>0</v>
       </c>
       <c r="B40" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="46">
         <v>4780</v>
       </c>
       <c r="D40" s="37" t="s">
         <v>36</v>
       </c>
-      <c r="E40" s="95">
+      <c r="E40" s="91">
         <v>177.65</v>
       </c>
       <c r="F40" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G40" s="17"/>
       <c r="H40" s="22"/>
       <c r="I40" s="14"/>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A41" s="43">
         <v>0</v>
       </c>
       <c r="B41" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C41" s="46">
         <v>4790</v>
       </c>
       <c r="D41" s="37" t="s">
         <v>38</v>
       </c>
-      <c r="E41" s="55">
+      <c r="E41" s="54">
         <v>6.9</v>
       </c>
       <c r="F41" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G41" s="17"/>
       <c r="H41" s="22"/>
       <c r="I41" s="14"/>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A42" s="43">
         <v>0</v>
       </c>
       <c r="B42" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C42" s="46">
         <v>4791</v>
       </c>
       <c r="D42" s="37" t="s">
         <v>39</v>
       </c>
-      <c r="E42" s="52">
+      <c r="E42" s="51">
         <v>10</v>
       </c>
       <c r="F42" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G42" s="17"/>
       <c r="H42" s="22"/>
       <c r="I42" s="14"/>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A43" s="43">
         <v>0</v>
       </c>
       <c r="B43" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C43" s="46">
         <v>4792</v>
       </c>
       <c r="D43" s="37" t="s">
         <v>40</v>
       </c>
-      <c r="E43" s="52">
+      <c r="E43" s="51">
         <v>10.76</v>
       </c>
       <c r="F43" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G43" s="19"/>
       <c r="H43" s="5"/>
       <c r="I43" s="14"/>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A44" s="43">
         <v>0</v>
       </c>
       <c r="B44" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C44" s="46">
         <v>4793</v>
       </c>
       <c r="D44" s="37" t="s">
         <v>41</v>
       </c>
-      <c r="E44" s="95">
+      <c r="E44" s="91">
         <v>14.9</v>
       </c>
       <c r="F44" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G44" s="13"/>
       <c r="H44" s="5"/>
       <c r="I44" s="14"/>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A45" s="43">
         <v>0</v>
       </c>
       <c r="B45" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C45" s="46">
         <v>4794</v>
       </c>
       <c r="D45" s="37" t="s">
         <v>42</v>
       </c>
-      <c r="E45" s="95">
+      <c r="E45" s="91">
         <v>14.5</v>
       </c>
       <c r="F45" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G45" s="3"/>
       <c r="H45" s="5"/>
       <c r="I45" s="14"/>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A46" s="43">
         <v>0</v>
       </c>
       <c r="B46" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C46" s="46">
         <v>4795</v>
       </c>
       <c r="D46" s="37" t="s">
         <v>43</v>
       </c>
-      <c r="E46" s="95">
+      <c r="E46" s="91">
         <v>19.989999999999998</v>
       </c>
       <c r="F46" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G46" s="3"/>
       <c r="H46" s="5"/>
       <c r="I46" s="14"/>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A47" s="43">
         <v>0</v>
       </c>
       <c r="B47" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C47" s="46">
         <v>4796</v>
       </c>
       <c r="D47" s="37" t="s">
         <v>44</v>
       </c>
-      <c r="E47" s="98">
+      <c r="E47" s="94">
         <v>7.41</v>
       </c>
       <c r="F47" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G47" s="3"/>
       <c r="H47" s="5"/>
       <c r="I47" s="14"/>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A48" s="43">
         <v>0</v>
       </c>
       <c r="B48" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C48" s="46">
         <v>4797</v>
       </c>
       <c r="D48" s="37" t="s">
         <v>45</v>
       </c>
-      <c r="E48" s="52">
+      <c r="E48" s="51">
         <v>39.520000000000003</v>
       </c>
       <c r="F48" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G48" s="3"/>
       <c r="H48" s="5"/>
       <c r="I48" s="14"/>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A49" s="43">
         <v>0</v>
       </c>
       <c r="B49" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C49" s="46">
         <v>4798</v>
       </c>
       <c r="D49" s="37" t="s">
         <v>46</v>
       </c>
-      <c r="E49" s="55">
+      <c r="E49" s="54">
         <v>13.12</v>
       </c>
       <c r="F49" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G49" s="3"/>
       <c r="H49" s="5"/>
       <c r="I49" s="14"/>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A50" s="43">
         <v>0</v>
       </c>
       <c r="B50" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C50" s="46">
         <v>4799</v>
       </c>
       <c r="D50" s="37" t="s">
         <v>110</v>
       </c>
-      <c r="E50" s="55">
+      <c r="E50" s="54">
         <v>60.73</v>
       </c>
       <c r="F50" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G50" s="3"/>
       <c r="H50" s="5"/>
       <c r="I50" s="14"/>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A51" s="43">
         <v>0</v>
       </c>
       <c r="B51" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="46">
         <v>4800</v>
       </c>
       <c r="D51" s="37" t="s">
         <v>47</v>
       </c>
-      <c r="E51" s="95">
+      <c r="E51" s="91">
         <v>340.11</v>
       </c>
       <c r="F51" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G51" s="3"/>
       <c r="H51" s="5"/>
       <c r="I51" s="14"/>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A52" s="43">
         <v>0</v>
       </c>
       <c r="B52" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="46">
         <v>4810</v>
       </c>
       <c r="D52" s="37" t="s">
         <v>219</v>
       </c>
-      <c r="E52" s="95">
+      <c r="E52" s="91">
         <v>1009.11</v>
       </c>
       <c r="F52" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G52" s="3"/>
       <c r="H52" s="5"/>
       <c r="I52" s="14"/>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A53" s="43">
         <v>0</v>
       </c>
       <c r="B53" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="46">
         <v>4811</v>
       </c>
       <c r="D53" s="37" t="s">
         <v>220</v>
       </c>
-      <c r="E53" s="52">
+      <c r="E53" s="51">
         <v>1291.4100000000001</v>
       </c>
       <c r="F53" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G53" s="3"/>
       <c r="H53" s="5"/>
       <c r="I53" s="14"/>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A54" s="43">
         <v>0</v>
       </c>
       <c r="B54" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C54" s="46">
         <v>4820</v>
       </c>
       <c r="D54" s="37" t="s">
         <v>48</v>
       </c>
-      <c r="E54" s="95">
+      <c r="E54" s="91">
         <v>7.9</v>
       </c>
       <c r="F54" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G54" s="3"/>
       <c r="H54" s="5"/>
       <c r="I54" s="14"/>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A55" s="43">
         <v>0</v>
       </c>
       <c r="B55" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C55" s="46">
         <v>4821</v>
       </c>
       <c r="D55" s="37" t="s">
         <v>49</v>
       </c>
-      <c r="E55" s="52">
+      <c r="E55" s="51">
         <v>93.3</v>
       </c>
       <c r="F55" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A56" s="43">
         <v>0</v>
       </c>
       <c r="B56" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C56" s="46">
         <v>4830</v>
       </c>
       <c r="D56" s="37" t="s">
         <v>50</v>
       </c>
-      <c r="E56" s="52">
+      <c r="E56" s="51">
         <v>0.89</v>
       </c>
       <c r="F56" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A57" s="43">
         <v>0</v>
       </c>
       <c r="B57" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C57" s="46">
         <v>4832</v>
       </c>
       <c r="D57" s="37" t="s">
         <v>51</v>
       </c>
-      <c r="E57" s="95">
+      <c r="E57" s="91">
         <v>0.64</v>
       </c>
       <c r="F57" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A58" s="43">
         <v>0</v>
       </c>
       <c r="B58" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C58" s="46">
         <v>4833</v>
       </c>
       <c r="D58" s="37" t="s">
         <v>52</v>
       </c>
-      <c r="E58" s="95">
+      <c r="E58" s="91">
         <v>1.52</v>
       </c>
       <c r="F58" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A59" s="43">
         <v>0</v>
       </c>
       <c r="B59" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C59" s="46">
         <v>4834</v>
       </c>
       <c r="D59" s="37" t="s">
         <v>53</v>
       </c>
-      <c r="E59" s="95">
+      <c r="E59" s="91">
         <v>1.85</v>
       </c>
       <c r="F59" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A60" s="43">
         <v>0</v>
       </c>
       <c r="B60" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C60" s="46">
         <v>4835</v>
       </c>
       <c r="D60" s="37" t="s">
         <v>54</v>
       </c>
-      <c r="E60" s="95">
+      <c r="E60" s="91">
         <v>1.67</v>
       </c>
       <c r="F60" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A61" s="43">
         <v>0</v>
       </c>
       <c r="B61" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C61" s="46">
         <v>4836</v>
       </c>
       <c r="D61" s="37" t="s">
         <v>55</v>
       </c>
-      <c r="E61" s="95">
+      <c r="E61" s="91">
         <v>2.5099999999999998</v>
       </c>
       <c r="F61" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A62" s="43">
         <v>0</v>
       </c>
       <c r="B62" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C62" s="46">
         <v>4837</v>
       </c>
       <c r="D62" s="37" t="s">
         <v>56</v>
       </c>
-      <c r="E62" s="55">
+      <c r="E62" s="54">
         <v>2.5</v>
       </c>
       <c r="F62" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A63" s="43">
         <v>0</v>
       </c>
       <c r="B63" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C63" s="46">
         <v>4840</v>
       </c>
       <c r="D63" s="37" t="s">
         <v>57</v>
       </c>
-      <c r="E63" s="55">
+      <c r="E63" s="54">
         <v>1.65</v>
       </c>
       <c r="F63" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A64" s="43">
         <v>0</v>
       </c>
       <c r="B64" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C64" s="46">
         <v>4841</v>
       </c>
       <c r="D64" s="37" t="s">
         <v>58</v>
       </c>
-      <c r="E64" s="52">
+      <c r="E64" s="51">
         <v>1.5</v>
       </c>
       <c r="F64" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A65" s="43">
         <v>0</v>
       </c>
       <c r="B65" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C65" s="46">
         <v>4842</v>
       </c>
       <c r="D65" s="37" t="s">
         <v>59</v>
       </c>
-      <c r="E65" s="55">
+      <c r="E65" s="54">
         <v>0.87</v>
       </c>
       <c r="F65" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A66" s="43">
         <v>0</v>
       </c>
       <c r="B66" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C66" s="46">
         <v>4843</v>
       </c>
       <c r="D66" s="37" t="s">
         <v>60</v>
       </c>
-      <c r="E66" s="55">
+      <c r="E66" s="54">
         <v>1.25</v>
       </c>
       <c r="F66" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A67" s="43">
         <v>0</v>
       </c>
       <c r="B67" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C67" s="46">
         <v>4844</v>
       </c>
       <c r="D67" s="37" t="s">
         <v>61</v>
       </c>
-      <c r="E67" s="52">
+      <c r="E67" s="51">
         <v>2.36</v>
       </c>
       <c r="F67" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G67" s="3"/>
       <c r="H67" s="5"/>
     </row>
     <row r="68" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A68" s="43">
         <v>0</v>
       </c>
       <c r="B68" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C68" s="46">
         <v>4845</v>
       </c>
       <c r="D68" s="37" t="s">
         <v>62</v>
       </c>
-      <c r="E68" s="52">
+      <c r="E68" s="51">
         <v>2.86</v>
       </c>
       <c r="F68" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G68" s="3"/>
       <c r="H68" s="5"/>
     </row>
     <row r="69" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A69" s="43">
         <v>0</v>
       </c>
       <c r="B69" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C69" s="46">
         <v>4850</v>
       </c>
       <c r="D69" s="37" t="s">
         <v>63</v>
       </c>
-      <c r="E69" s="52">
+      <c r="E69" s="51">
         <v>2.36</v>
       </c>
       <c r="F69" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G69" s="3"/>
       <c r="H69" s="5"/>
     </row>
     <row r="70" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A70" s="43">
         <v>0</v>
       </c>
       <c r="B70" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C70" s="46">
         <v>4851</v>
       </c>
       <c r="D70" s="37" t="s">
         <v>64</v>
       </c>
-      <c r="E70" s="55">
+      <c r="E70" s="54">
         <v>1.33</v>
       </c>
       <c r="F70" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G70" s="3"/>
       <c r="H70" s="5"/>
     </row>
     <row r="71" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A71" s="43">
         <v>0</v>
       </c>
       <c r="B71" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C71" s="46">
         <v>4852</v>
       </c>
       <c r="D71" s="37" t="s">
         <v>65</v>
       </c>
-      <c r="E71" s="55">
+      <c r="E71" s="54">
         <v>3</v>
       </c>
       <c r="F71" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G71" s="3"/>
       <c r="H71" s="5"/>
     </row>
     <row r="72" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A72" s="43">
         <v>0</v>
       </c>
       <c r="B72" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C72" s="46">
         <v>4860</v>
       </c>
       <c r="D72" s="37" t="s">
         <v>105</v>
       </c>
-      <c r="E72" s="95">
+      <c r="E72" s="91">
         <v>9.1199999999999992</v>
       </c>
       <c r="F72" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G72" s="3"/>
       <c r="H72" s="5"/>
     </row>
     <row r="73" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A73" s="43">
         <v>0</v>
       </c>
       <c r="B73" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C73" s="46">
         <v>4861</v>
       </c>
       <c r="D73" s="37" t="s">
         <v>106</v>
       </c>
-      <c r="E73" s="95">
+      <c r="E73" s="91">
         <v>6.48</v>
       </c>
       <c r="F73" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G73" s="3"/>
       <c r="H73" s="5"/>
     </row>
     <row r="74" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A74" s="43">
         <v>0</v>
       </c>
       <c r="B74" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C74" s="46">
         <v>4862</v>
       </c>
       <c r="D74" s="37" t="s">
         <v>107</v>
       </c>
-      <c r="E74" s="95">
+      <c r="E74" s="91">
         <v>5.07</v>
       </c>
       <c r="F74" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G74" s="3"/>
       <c r="H74" s="5"/>
     </row>
     <row r="75" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A75" s="43">
         <v>0</v>
       </c>
       <c r="B75" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C75" s="46">
         <v>4863</v>
       </c>
       <c r="D75" s="37" t="s">
         <v>137</v>
       </c>
-      <c r="E75" s="95">
+      <c r="E75" s="91">
         <v>6.4</v>
       </c>
       <c r="F75" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G75" s="3"/>
       <c r="H75" s="5"/>
     </row>
     <row r="76" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A76" s="43">
         <v>0</v>
       </c>
       <c r="B76" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C76" s="46">
         <v>4864</v>
       </c>
       <c r="D76" s="37" t="s">
         <v>108</v>
       </c>
-      <c r="E76" s="98">
+      <c r="E76" s="94">
         <v>9.9</v>
       </c>
       <c r="F76" s="44">
-        <f t="shared" ref="F76:F139" si="1">E76*A76</f>
+        <f t="shared" ref="F76:F140" si="1">E76*A76</f>
         <v>0</v>
       </c>
       <c r="G76" s="3"/>
       <c r="H76" s="5"/>
     </row>
     <row r="77" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A77" s="43">
         <v>0</v>
       </c>
       <c r="B77" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="46">
         <v>4871</v>
       </c>
       <c r="D77" s="37" t="s">
         <v>66</v>
       </c>
-      <c r="E77" s="95">
+      <c r="E77" s="91">
         <v>1122.26</v>
       </c>
       <c r="F77" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G77" s="3"/>
       <c r="H77" s="5"/>
     </row>
     <row r="78" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A78" s="43">
         <v>0</v>
       </c>
       <c r="B78" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="46">
         <v>4872</v>
       </c>
       <c r="D78" s="37" t="s">
         <v>67</v>
       </c>
-      <c r="E78" s="55">
+      <c r="E78" s="54">
         <v>1075</v>
       </c>
       <c r="F78" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G78" s="3"/>
       <c r="H78" s="5"/>
     </row>
     <row r="79" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A79" s="43">
         <v>0</v>
       </c>
       <c r="B79" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="46">
         <v>4873</v>
       </c>
       <c r="D79" s="37" t="s">
         <v>68</v>
       </c>
-      <c r="E79" s="95">
+      <c r="E79" s="91">
         <v>812.42</v>
       </c>
       <c r="F79" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G79" s="3"/>
       <c r="H79" s="5"/>
     </row>
     <row r="80" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A80" s="43">
         <v>0</v>
       </c>
       <c r="B80" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="46">
         <v>4880</v>
       </c>
       <c r="D80" s="37" t="s">
         <v>69</v>
       </c>
-      <c r="E80" s="55">
+      <c r="E80" s="54">
         <v>10000</v>
       </c>
       <c r="F80" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G80" s="3"/>
       <c r="H80" s="5"/>
     </row>
     <row r="81" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A81" s="43">
         <v>0</v>
       </c>
       <c r="B81" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="46">
         <v>4881</v>
       </c>
       <c r="D81" s="37" t="s">
         <v>70</v>
       </c>
-      <c r="E81" s="52">
+      <c r="E81" s="51">
         <v>47076.76</v>
       </c>
       <c r="F81" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G81" s="3"/>
       <c r="H81" s="5"/>
     </row>
     <row r="82" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A82" s="43">
         <v>0</v>
       </c>
       <c r="B82" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="46">
         <v>4882</v>
       </c>
       <c r="D82" s="37" t="s">
         <v>71</v>
       </c>
-      <c r="E82" s="55">
+      <c r="E82" s="54">
         <v>1980</v>
       </c>
       <c r="F82" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G82" s="13"/>
       <c r="H82" s="5"/>
     </row>
     <row r="83" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A83" s="43">
         <v>0</v>
       </c>
       <c r="B83" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="46">
         <v>4883</v>
       </c>
       <c r="D83" s="37" t="s">
         <v>72</v>
       </c>
-      <c r="E83" s="55">
+      <c r="E83" s="54">
         <v>150</v>
       </c>
       <c r="F83" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G83" s="3"/>
       <c r="H83" s="5"/>
     </row>
     <row r="84" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A84" s="43">
         <v>0</v>
       </c>
       <c r="B84" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="46">
         <v>4884</v>
       </c>
       <c r="D84" s="37" t="s">
         <v>73</v>
       </c>
-      <c r="E84" s="95">
+      <c r="E84" s="91">
         <v>900</v>
       </c>
       <c r="F84" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G84" s="3"/>
       <c r="H84" s="5"/>
     </row>
     <row r="85" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A85" s="43">
         <v>0</v>
       </c>
       <c r="B85" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C85" s="46">
         <v>4885</v>
       </c>
       <c r="D85" s="37" t="s">
         <v>74</v>
       </c>
-      <c r="E85" s="52">
-        <v>5.24</v>
+      <c r="E85" s="51">
+        <v>13.3</v>
       </c>
       <c r="F85" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G85" s="3"/>
       <c r="H85" s="5"/>
     </row>
     <row r="86" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A86" s="43">
         <v>0</v>
       </c>
       <c r="B86" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C86" s="46">
         <v>4886</v>
       </c>
       <c r="D86" s="37" t="s">
         <v>75</v>
       </c>
-      <c r="E86" s="52">
-        <v>8.36</v>
+      <c r="E86" s="51">
+        <v>9.42</v>
       </c>
       <c r="F86" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G86" s="3"/>
       <c r="H86" s="5"/>
     </row>
     <row r="87" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A87" s="43">
         <v>0</v>
       </c>
       <c r="B87" s="46" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C87" s="46">
-        <v>4887</v>
+        <v>4892</v>
       </c>
       <c r="D87" s="37" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-        <v>937.5</v>
+        <v>278</v>
+      </c>
+      <c r="E87" s="51">
+        <v>12</v>
       </c>
       <c r="F87" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G87" s="3"/>
       <c r="H87" s="5"/>
     </row>
     <row r="88" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A88" s="43">
         <v>0</v>
       </c>
-      <c r="B88" s="37" t="s">
-[...3 lines deleted...]
-        <v>4894</v>
+      <c r="B88" s="46" t="s">
+        <v>13</v>
+      </c>
+      <c r="C88" s="46">
+        <v>4887</v>
       </c>
       <c r="D88" s="37" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>22.6</v>
+        <v>124</v>
+      </c>
+      <c r="E88" s="54">
+        <v>937.5</v>
       </c>
       <c r="F88" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G88" s="3"/>
       <c r="H88" s="5"/>
     </row>
     <row r="89" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A89" s="43">
         <v>0</v>
       </c>
-      <c r="B89" s="46" t="s">
+      <c r="B89" s="37" t="s">
         <v>37</v>
       </c>
-      <c r="C89" s="46">
-        <v>4895</v>
+      <c r="C89" s="45">
+        <v>4894</v>
       </c>
       <c r="D89" s="37" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>14.55</v>
+        <v>111</v>
+      </c>
+      <c r="E89" s="51">
+        <v>22.6</v>
       </c>
       <c r="F89" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G89" s="3"/>
       <c r="H89" s="5"/>
     </row>
     <row r="90" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A90" s="43">
         <v>0</v>
       </c>
       <c r="B90" s="46" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C90" s="46">
-        <v>4900</v>
+        <v>4895</v>
       </c>
       <c r="D90" s="37" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>400</v>
+        <v>76</v>
+      </c>
+      <c r="E90" s="51">
+        <v>14.55</v>
       </c>
       <c r="F90" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G90" s="3"/>
       <c r="H90" s="5"/>
     </row>
     <row r="91" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A91" s="43">
         <v>0</v>
       </c>
       <c r="B91" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="46">
-        <v>4905</v>
+        <v>4900</v>
       </c>
       <c r="D91" s="37" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>3740</v>
+        <v>77</v>
+      </c>
+      <c r="E91" s="54">
+        <v>400</v>
       </c>
       <c r="F91" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G91" s="3"/>
       <c r="H91" s="5"/>
     </row>
     <row r="92" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A92" s="43">
         <v>0</v>
       </c>
       <c r="B92" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="46">
-        <v>4910</v>
+        <v>4905</v>
       </c>
       <c r="D92" s="37" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>275</v>
+        <v>78</v>
+      </c>
+      <c r="E92" s="54">
+        <v>3740</v>
       </c>
       <c r="F92" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G92" s="3"/>
       <c r="H92" s="5"/>
     </row>
     <row r="93" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A93" s="43">
         <v>0</v>
       </c>
       <c r="B93" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="46">
-        <v>4911</v>
+        <v>4910</v>
       </c>
       <c r="D93" s="37" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>300</v>
+        <v>79</v>
+      </c>
+      <c r="E93" s="54">
+        <v>275</v>
       </c>
       <c r="F93" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G93" s="3"/>
       <c r="H93" s="5"/>
     </row>
     <row r="94" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A94" s="43">
         <v>0</v>
       </c>
       <c r="B94" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="46">
-        <v>4912</v>
+        <v>4911</v>
       </c>
       <c r="D94" s="37" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>850</v>
+        <v>80</v>
+      </c>
+      <c r="E94" s="54">
+        <v>300</v>
       </c>
       <c r="F94" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G94" s="3"/>
       <c r="H94" s="5"/>
     </row>
     <row r="95" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A95" s="43">
         <v>0</v>
       </c>
       <c r="B95" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="46">
-        <v>4913</v>
+        <v>4912</v>
       </c>
       <c r="D95" s="37" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>700</v>
+        <v>81</v>
+      </c>
+      <c r="E95" s="54">
+        <v>850</v>
       </c>
       <c r="F95" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G95" s="3"/>
       <c r="H95" s="5"/>
     </row>
     <row r="96" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A96" s="43">
         <v>0</v>
       </c>
       <c r="B96" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="46">
-        <v>4914</v>
+        <v>4913</v>
       </c>
       <c r="D96" s="37" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>800</v>
+        <v>82</v>
+      </c>
+      <c r="E96" s="54">
+        <v>700</v>
       </c>
       <c r="F96" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G96" s="3"/>
       <c r="H96" s="5"/>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A97" s="43">
         <v>0</v>
       </c>
       <c r="B97" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="46">
-        <v>4915</v>
+        <v>4914</v>
       </c>
       <c r="D97" s="37" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>83</v>
+      </c>
+      <c r="E97" s="54">
+        <v>800</v>
       </c>
       <c r="F97" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G97" s="3"/>
       <c r="H97" s="5"/>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A98" s="43">
         <v>0</v>
       </c>
       <c r="B98" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="46">
-        <v>4916</v>
+        <v>4915</v>
       </c>
       <c r="D98" s="37" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>850</v>
+        <v>84</v>
+      </c>
+      <c r="E98" s="54">
+        <v>0</v>
       </c>
       <c r="F98" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G98" s="3"/>
       <c r="H98" s="5"/>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A99" s="43">
         <v>0</v>
       </c>
       <c r="B99" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="46">
-        <v>4920</v>
+        <v>4916</v>
       </c>
       <c r="D99" s="37" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>5000</v>
+        <v>112</v>
+      </c>
+      <c r="E99" s="54">
+        <v>850</v>
       </c>
       <c r="F99" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G99" s="17"/>
+      <c r="G99" s="3"/>
       <c r="H99" s="5"/>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A100" s="43">
         <v>0</v>
       </c>
       <c r="B100" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="46">
-        <v>4925</v>
+        <v>4920</v>
       </c>
       <c r="D100" s="37" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>2600</v>
+        <v>85</v>
+      </c>
+      <c r="E100" s="54">
+        <v>5000</v>
       </c>
       <c r="F100" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G100" s="15"/>
+      <c r="G100" s="17"/>
       <c r="H100" s="5"/>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A101" s="43">
         <v>0</v>
       </c>
       <c r="B101" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="46">
-        <v>4926</v>
+        <v>4925</v>
       </c>
       <c r="D101" s="37" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>2400</v>
+        <v>86</v>
+      </c>
+      <c r="E101" s="54">
+        <v>2600</v>
       </c>
       <c r="F101" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G101" s="17"/>
+      <c r="G101" s="15"/>
       <c r="H101" s="5"/>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A102" s="43">
         <v>0</v>
       </c>
       <c r="B102" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="46">
-        <v>4927</v>
+        <v>4926</v>
       </c>
       <c r="D102" s="37" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>3000</v>
+        <v>87</v>
+      </c>
+      <c r="E102" s="54">
+        <v>2400</v>
       </c>
       <c r="F102" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G102" s="15"/>
+      <c r="G102" s="17"/>
       <c r="H102" s="5"/>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A103" s="43">
         <v>0</v>
       </c>
       <c r="B103" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="46">
-        <v>4928</v>
+        <v>4927</v>
       </c>
       <c r="D103" s="37" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>310</v>
+        <v>88</v>
+      </c>
+      <c r="E103" s="54">
+        <v>3000</v>
       </c>
       <c r="F103" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G103" s="15"/>
       <c r="H103" s="5"/>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A104" s="43">
         <v>0</v>
       </c>
       <c r="B104" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="46">
-        <v>4930</v>
+        <v>4928</v>
       </c>
       <c r="D104" s="37" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>2620</v>
+        <v>89</v>
+      </c>
+      <c r="E104" s="54">
+        <v>310</v>
       </c>
       <c r="F104" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G104" s="15"/>
       <c r="H104" s="5"/>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A105" s="43">
         <v>0</v>
       </c>
       <c r="B105" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="46">
-        <v>4931</v>
+        <v>4930</v>
       </c>
       <c r="D105" s="37" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>12500</v>
+        <v>90</v>
+      </c>
+      <c r="E105" s="54">
+        <v>2620</v>
       </c>
       <c r="F105" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G105" s="3"/>
+      <c r="G105" s="15"/>
       <c r="H105" s="5"/>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A106" s="43">
         <v>0</v>
       </c>
       <c r="B106" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="46">
-        <v>4932</v>
+        <v>4931</v>
       </c>
       <c r="D106" s="37" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>4510.8599999999997</v>
+        <v>118</v>
+      </c>
+      <c r="E106" s="51">
+        <v>12500</v>
       </c>
       <c r="F106" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G106" s="17"/>
-[...1 lines deleted...]
-      <c r="I106" s="14"/>
+      <c r="G106" s="3"/>
+      <c r="H106" s="5"/>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A107" s="43">
         <v>0</v>
       </c>
       <c r="B107" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="46">
-        <v>4933</v>
+        <v>4932</v>
       </c>
       <c r="D107" s="37" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>9127.5</v>
+        <v>91</v>
+      </c>
+      <c r="E107" s="51">
+        <v>4510.8599999999997</v>
       </c>
       <c r="F107" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G107" s="17"/>
       <c r="H107" s="17"/>
       <c r="I107" s="14"/>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A108" s="43">
         <v>0</v>
       </c>
       <c r="B108" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="46">
-        <v>4934</v>
+        <v>4933</v>
       </c>
       <c r="D108" s="37" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>26443.34</v>
+        <v>102</v>
+      </c>
+      <c r="E108" s="51">
+        <v>9127.5</v>
       </c>
       <c r="F108" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G108" s="17"/>
-      <c r="H108" s="22"/>
+      <c r="H108" s="17"/>
       <c r="I108" s="14"/>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A109" s="43">
         <v>0</v>
       </c>
       <c r="B109" s="46" t="s">
-        <v>92</v>
+        <v>13</v>
       </c>
       <c r="C109" s="46">
-        <v>4935</v>
+        <v>4934</v>
       </c>
       <c r="D109" s="37" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>29094</v>
+        <v>103</v>
+      </c>
+      <c r="E109" s="51">
+        <v>26443.34</v>
       </c>
       <c r="F109" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G109" s="17"/>
-      <c r="H109" s="17"/>
+      <c r="H109" s="22"/>
       <c r="I109" s="14"/>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A110" s="43">
         <v>0</v>
       </c>
       <c r="B110" s="46" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="C110" s="46">
-        <v>4939</v>
+        <v>4935</v>
       </c>
       <c r="D110" s="37" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>500</v>
+        <v>166</v>
+      </c>
+      <c r="E110" s="51">
+        <v>29094</v>
       </c>
       <c r="F110" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G110" s="17"/>
       <c r="H110" s="17"/>
       <c r="I110" s="14"/>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A111" s="43">
         <v>0</v>
       </c>
       <c r="B111" s="46" t="s">
-        <v>92</v>
+        <v>13</v>
       </c>
       <c r="C111" s="46">
-        <v>4940</v>
+        <v>4939</v>
       </c>
       <c r="D111" s="37" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>4952.12</v>
+        <v>113</v>
+      </c>
+      <c r="E111" s="54">
+        <v>500</v>
       </c>
       <c r="F111" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G111" s="17"/>
       <c r="H111" s="17"/>
       <c r="I111" s="14"/>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A112" s="43">
         <v>0</v>
       </c>
       <c r="B112" s="46" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="C112" s="46">
-        <v>4941</v>
+        <v>4940</v>
       </c>
       <c r="D112" s="37" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>1068</v>
+        <v>93</v>
+      </c>
+      <c r="E112" s="91">
+        <v>4952.12</v>
       </c>
       <c r="F112" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G112" s="17"/>
       <c r="H112" s="17"/>
       <c r="I112" s="14"/>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A113" s="43">
         <v>0</v>
       </c>
       <c r="B113" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="46">
-        <v>4942</v>
+        <v>4941</v>
       </c>
       <c r="D113" s="37" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>4170</v>
+        <v>94</v>
+      </c>
+      <c r="E113" s="94">
+        <v>1068</v>
       </c>
       <c r="F113" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G113" s="17"/>
       <c r="H113" s="17"/>
       <c r="I113" s="14"/>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A114" s="43">
         <v>0</v>
       </c>
       <c r="B114" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="46">
-        <v>4943</v>
+        <v>4942</v>
       </c>
       <c r="D114" s="37" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>1000</v>
+        <v>109</v>
+      </c>
+      <c r="E114" s="94">
+        <v>4170</v>
       </c>
       <c r="F114" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G114" s="17"/>
       <c r="H114" s="17"/>
       <c r="I114" s="14"/>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A115" s="43">
         <v>0</v>
       </c>
       <c r="B115" s="46" t="s">
         <v>13</v>
       </c>
-      <c r="C115" s="46" t="s">
-        <v>251</v>
+      <c r="C115" s="46">
+        <v>4943</v>
       </c>
       <c r="D115" s="37" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>4300</v>
+        <v>114</v>
+      </c>
+      <c r="E115" s="54">
+        <v>1000</v>
       </c>
       <c r="F115" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G115" s="17"/>
       <c r="H115" s="17"/>
       <c r="I115" s="14"/>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A116" s="43">
         <v>0</v>
       </c>
       <c r="B116" s="46" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>4960</v>
+        <v>13</v>
+      </c>
+      <c r="C116" s="46" t="s">
+        <v>250</v>
       </c>
       <c r="D116" s="37" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>518.37</v>
+        <v>95</v>
+      </c>
+      <c r="E116" s="51">
+        <v>4300</v>
       </c>
       <c r="F116" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G116" s="17"/>
       <c r="H116" s="17"/>
       <c r="I116" s="14"/>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A117" s="43">
         <v>0</v>
       </c>
       <c r="B117" s="46" t="s">
-        <v>13</v>
+        <v>96</v>
       </c>
       <c r="C117" s="46">
-        <v>6472</v>
+        <v>4960</v>
       </c>
       <c r="D117" s="37" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>420.64</v>
+        <v>97</v>
+      </c>
+      <c r="E117" s="54">
+        <v>518.37</v>
       </c>
       <c r="F117" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
+      <c r="G117" s="17"/>
+      <c r="H117" s="17"/>
+      <c r="I117" s="14"/>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.15">
-      <c r="A118" s="37">
-[...6 lines deleted...]
-        <v>176</v>
+      <c r="A118" s="43">
+        <v>0</v>
+      </c>
+      <c r="B118" s="46" t="s">
+        <v>13</v>
+      </c>
+      <c r="C118" s="46">
+        <v>6472</v>
       </c>
       <c r="D118" s="37" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>528.79</v>
+        <v>98</v>
+      </c>
+      <c r="E118" s="51">
+        <v>420.64</v>
       </c>
       <c r="F118" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G118" s="17"/>
-[...1 lines deleted...]
-      <c r="I118" s="14"/>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.15">
-      <c r="A119" s="43">
-[...6 lines deleted...]
-        <v>4953</v>
+      <c r="A119" s="37">
+        <v>0</v>
+      </c>
+      <c r="B119" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="C119" s="45" t="s">
+        <v>176</v>
       </c>
       <c r="D119" s="37" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>255.75</v>
+        <v>99</v>
+      </c>
+      <c r="E119" s="55">
+        <v>528.79</v>
       </c>
       <c r="F119" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G119" s="5"/>
-      <c r="H119" s="5"/>
+      <c r="G119" s="17"/>
+      <c r="H119" s="17"/>
+      <c r="I119" s="14"/>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A120" s="43">
         <v>0</v>
       </c>
       <c r="B120" s="46" t="s">
         <v>13</v>
       </c>
-      <c r="C120" s="45" t="s">
-        <v>177</v>
+      <c r="C120" s="46">
+        <v>4953</v>
       </c>
       <c r="D120" s="37" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-        <v>568.62</v>
+        <v>117</v>
+      </c>
+      <c r="E120" s="56">
+        <v>255.75</v>
       </c>
       <c r="F120" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G120" s="3"/>
-      <c r="H120" s="3"/>
+      <c r="G120" s="5"/>
+      <c r="H120" s="5"/>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.15">
-      <c r="A121" s="37">
-[...2 lines deleted...]
-      <c r="B121" s="37" t="s">
+      <c r="A121" s="43">
+        <v>0</v>
+      </c>
+      <c r="B121" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="45" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="D121" s="37" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>748.58</v>
+        <v>121</v>
+      </c>
+      <c r="E121" s="91">
+        <v>568.62</v>
       </c>
       <c r="F121" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G121" s="3"/>
       <c r="H121" s="3"/>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A122" s="37">
         <v>0</v>
       </c>
       <c r="B122" s="37" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="45" t="s">
-        <v>216</v>
+        <v>178</v>
       </c>
       <c r="D122" s="37" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-        <v>524.45000000000005</v>
+        <v>123</v>
+      </c>
+      <c r="E122" s="91">
+        <v>748.58</v>
       </c>
       <c r="F122" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G122" s="15"/>
-      <c r="H122" s="5"/>
+      <c r="G122" s="3"/>
+      <c r="H122" s="3"/>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.15">
-      <c r="A123" s="43">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="A123" s="37">
+        <v>0</v>
+      </c>
+      <c r="B123" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="C123" s="45" t="s">
+        <v>216</v>
       </c>
       <c r="D123" s="37" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1207.69</v>
+        <v>122</v>
+      </c>
+      <c r="E123" s="91">
+        <v>524.45000000000005</v>
       </c>
       <c r="F123" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G123" s="5"/>
+      <c r="G123" s="15"/>
       <c r="H123" s="5"/>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.15">
-      <c r="A124" s="37">
-[...6 lines deleted...]
-        <v>179</v>
+      <c r="A124" s="43">
+        <v>0</v>
+      </c>
+      <c r="B124" s="46" t="s">
+        <v>13</v>
+      </c>
+      <c r="C124" s="46" t="s">
+        <v>0</v>
       </c>
       <c r="D124" s="37" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>250</v>
+        <v>1</v>
+      </c>
+      <c r="E124" s="56">
+        <v>1207.69</v>
       </c>
       <c r="F124" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G124" s="5"/>
       <c r="H124" s="5"/>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A125" s="37">
         <v>0</v>
       </c>
       <c r="B125" s="37" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="37" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D125" s="37" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>1806.33</v>
+        <v>115</v>
+      </c>
+      <c r="E125" s="54">
+        <v>250</v>
       </c>
       <c r="F125" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G125" s="5"/>
       <c r="H125" s="5"/>
-      <c r="I125" s="14"/>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.15">
-      <c r="A126" s="43">
-[...6 lines deleted...]
-        <v>173</v>
+      <c r="A126" s="37">
+        <v>0</v>
+      </c>
+      <c r="B126" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="C126" s="37" t="s">
+        <v>180</v>
       </c>
       <c r="D126" s="37" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>1852.9</v>
+        <v>116</v>
+      </c>
+      <c r="E126" s="91">
+        <v>1806.33</v>
       </c>
       <c r="F126" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G126" s="17"/>
+      <c r="G126" s="5"/>
       <c r="H126" s="5"/>
-      <c r="I126" s="21"/>
+      <c r="I126" s="14"/>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A127" s="43">
         <v>0</v>
       </c>
       <c r="B127" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="46" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="D127" s="37" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-        <v>2536.66</v>
+        <v>221</v>
+      </c>
+      <c r="E127" s="91">
+        <v>1852.9</v>
       </c>
       <c r="F127" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G127" s="17"/>
       <c r="H127" s="5"/>
       <c r="I127" s="21"/>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A128" s="43">
         <v>0</v>
       </c>
       <c r="B128" s="46" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C128" s="46" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="D128" s="37" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-        <v>13.65</v>
+        <v>222</v>
+      </c>
+      <c r="E128" s="91">
+        <v>2536.66</v>
       </c>
       <c r="F128" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G128" s="17"/>
       <c r="H128" s="5"/>
       <c r="I128" s="21"/>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.15">
-      <c r="A129" s="37">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="A129" s="43">
+        <v>0</v>
+      </c>
+      <c r="B129" s="46" t="s">
+        <v>37</v>
       </c>
       <c r="C129" s="46" t="s">
-        <v>240</v>
+        <v>175</v>
       </c>
       <c r="D129" s="37" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-        <v>1502.38</v>
+        <v>167</v>
+      </c>
+      <c r="E129" s="91">
+        <v>13.65</v>
       </c>
       <c r="F129" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G129" s="20"/>
+      <c r="G129" s="17"/>
       <c r="H129" s="5"/>
       <c r="I129" s="21"/>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A130" s="37">
         <v>0</v>
       </c>
       <c r="B130" s="37" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>217</v>
+        <v>13</v>
+      </c>
+      <c r="C130" s="46" t="s">
+        <v>240</v>
       </c>
       <c r="D130" s="37" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>22.5</v>
+        <v>241</v>
+      </c>
+      <c r="E130" s="91">
+        <v>1502.38</v>
       </c>
       <c r="F130" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G130" s="20"/>
       <c r="H130" s="5"/>
       <c r="I130" s="21"/>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A131" s="37">
         <v>0</v>
       </c>
       <c r="B131" s="37" t="s">
         <v>37</v>
       </c>
       <c r="C131" s="37" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="D131" s="37" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="E131" s="95">
+        <v>128</v>
+      </c>
+      <c r="E131" s="91">
         <v>22.5</v>
       </c>
       <c r="F131" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
+      <c r="G131" s="20"/>
+      <c r="H131" s="5"/>
+      <c r="I131" s="21"/>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.15">
-      <c r="A132" s="43">
-[...12 lines deleted...]
-        <v>53375</v>
+      <c r="A132" s="37">
+        <v>0</v>
+      </c>
+      <c r="B132" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="C132" s="37" t="s">
+        <v>218</v>
+      </c>
+      <c r="D132" s="37" t="s">
+        <v>129</v>
+      </c>
+      <c r="E132" s="91">
+        <v>22.5</v>
       </c>
       <c r="F132" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G132" s="20"/>
-[...1 lines deleted...]
-      <c r="I132" s="14"/>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.15">
-      <c r="A133" s="37">
-[...12 lines deleted...]
-        <v>500</v>
+      <c r="A133" s="43">
+        <v>0</v>
+      </c>
+      <c r="B133" s="46" t="s">
+        <v>92</v>
+      </c>
+      <c r="C133" s="46" t="s">
+        <v>133</v>
+      </c>
+      <c r="D133" s="46" t="s">
+        <v>134</v>
+      </c>
+      <c r="E133" s="54">
+        <v>53375</v>
       </c>
       <c r="F133" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G133" s="20"/>
       <c r="H133" s="5"/>
       <c r="I133" s="14"/>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A134" s="37">
         <v>0</v>
       </c>
       <c r="B134" s="37" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="37" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="D134" s="37" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>1200</v>
+        <v>130</v>
+      </c>
+      <c r="E134" s="94">
+        <v>500</v>
       </c>
       <c r="F134" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
+      <c r="G134" s="20"/>
+      <c r="H134" s="5"/>
+      <c r="I134" s="14"/>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A135" s="37">
         <v>0</v>
       </c>
       <c r="B135" s="37" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="37" t="s">
-        <v>181</v>
+        <v>127</v>
       </c>
       <c r="D135" s="37" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>131</v>
+      </c>
+      <c r="E135" s="91">
+        <v>1200</v>
       </c>
       <c r="F135" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A136" s="37">
         <v>0</v>
       </c>
       <c r="B136" s="37" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="37" t="s">
-        <v>135</v>
+        <v>181</v>
       </c>
       <c r="D136" s="37" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-        <v>750</v>
+        <v>132</v>
+      </c>
+      <c r="E136" s="54">
+        <v>200</v>
       </c>
       <c r="F136" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A137" s="37">
         <v>0</v>
       </c>
       <c r="B137" s="37" t="s">
         <v>13</v>
       </c>
-      <c r="C137" s="45" t="s">
-        <v>138</v>
+      <c r="C137" s="37" t="s">
+        <v>135</v>
       </c>
       <c r="D137" s="37" t="s">
-        <v>223</v>
-[...1 lines deleted...]
-      <c r="E137" s="55">
+        <v>136</v>
+      </c>
+      <c r="E137" s="54">
         <v>750</v>
       </c>
       <c r="F137" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A138" s="37">
         <v>0</v>
       </c>
       <c r="B138" s="37" t="s">
         <v>13</v>
       </c>
-      <c r="C138" s="37" t="s">
-        <v>139</v>
+      <c r="C138" s="45" t="s">
+        <v>138</v>
       </c>
       <c r="D138" s="37" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>223</v>
+      </c>
+      <c r="E138" s="54">
+        <v>750</v>
       </c>
       <c r="F138" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A139" s="37">
         <v>0</v>
       </c>
       <c r="B139" s="37" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="37" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="D139" s="37" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>650</v>
+        <v>140</v>
+      </c>
+      <c r="E139" s="54">
+        <v>75</v>
       </c>
       <c r="F139" s="44">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.15">
-      <c r="A140" s="43">
-[...6 lines deleted...]
-        <v>168</v>
+      <c r="A140" s="37">
+        <v>0</v>
+      </c>
+      <c r="B140" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="C140" s="37" t="s">
+        <v>141</v>
       </c>
       <c r="D140" s="37" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-        <v>880</v>
+        <v>142</v>
+      </c>
+      <c r="E140" s="54">
+        <v>650</v>
       </c>
       <c r="F140" s="44">
-        <f t="shared" ref="F140:F174" si="2">E140*A140</f>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A141" s="43">
         <v>0</v>
       </c>
       <c r="B141" s="46" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C141" s="46" t="s">
-        <v>146</v>
-[...5 lines deleted...]
-        <v>28.88</v>
+        <v>168</v>
+      </c>
+      <c r="D141" s="37" t="s">
+        <v>120</v>
+      </c>
+      <c r="E141" s="94">
+        <v>880</v>
       </c>
       <c r="F141" s="44">
-        <f t="shared" si="2"/>
+        <f t="shared" ref="F141:F175" si="2">E141*A141</f>
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A142" s="43">
         <v>0</v>
       </c>
       <c r="B142" s="46" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C142" s="46" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="D142" s="46" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-        <v>550</v>
+        <v>147</v>
+      </c>
+      <c r="E142" s="91">
+        <v>28.88</v>
       </c>
       <c r="F142" s="44">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A143" s="43">
         <v>0</v>
       </c>
       <c r="B143" s="46" t="s">
-        <v>92</v>
+        <v>13</v>
       </c>
       <c r="C143" s="46" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D143" s="46" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>224</v>
+      </c>
+      <c r="E143" s="91">
+        <v>550</v>
       </c>
       <c r="F143" s="44">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A144" s="43">
         <v>0</v>
       </c>
       <c r="B144" s="46" t="s">
         <v>92</v>
       </c>
       <c r="C144" s="46" t="s">
-        <v>163</v>
+        <v>151</v>
       </c>
       <c r="D144" s="46" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>45000</v>
+        <v>152</v>
+      </c>
+      <c r="E144" s="54">
+        <v>0</v>
       </c>
       <c r="F144" s="44">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:7" x14ac:dyDescent="0.15">
       <c r="A145" s="43">
         <v>0</v>
       </c>
       <c r="B145" s="46" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="C145" s="46" t="s">
-        <v>144</v>
+        <v>163</v>
       </c>
       <c r="D145" s="46" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>6000</v>
+        <v>164</v>
+      </c>
+      <c r="E145" s="54">
+        <v>45000</v>
       </c>
       <c r="F145" s="44">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:7" x14ac:dyDescent="0.15">
       <c r="A146" s="43">
         <v>0</v>
       </c>
       <c r="B146" s="46" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C146" s="46" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="D146" s="46" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>145</v>
+      </c>
+      <c r="E146" s="54">
+        <v>6000</v>
       </c>
       <c r="F146" s="44">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:7" x14ac:dyDescent="0.15">
       <c r="A147" s="43">
         <v>0</v>
       </c>
       <c r="B147" s="46" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C147" s="46" t="s">
-        <v>182</v>
+        <v>148</v>
       </c>
       <c r="D147" s="46" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-        <v>293.06</v>
+        <v>149</v>
+      </c>
+      <c r="E147" s="54">
+        <v>25</v>
       </c>
       <c r="F147" s="44">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:7" x14ac:dyDescent="0.15">
       <c r="A148" s="43">
         <v>0</v>
       </c>
       <c r="B148" s="46" t="s">
-        <v>92</v>
+        <v>13</v>
       </c>
       <c r="C148" s="46" t="s">
-        <v>165</v>
+        <v>182</v>
       </c>
       <c r="D148" s="46" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-        <v>5800</v>
+        <v>183</v>
+      </c>
+      <c r="E148" s="91">
+        <v>293.06</v>
       </c>
       <c r="F148" s="44">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:7" x14ac:dyDescent="0.15">
       <c r="A149" s="43">
         <v>0</v>
       </c>
       <c r="B149" s="46" t="s">
         <v>92</v>
       </c>
       <c r="C149" s="46" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="D149" s="46" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>162</v>
+      </c>
+      <c r="E149" s="54">
+        <v>5800</v>
       </c>
       <c r="F149" s="44">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:7" x14ac:dyDescent="0.15">
       <c r="A150" s="43">
         <v>0</v>
       </c>
       <c r="B150" s="46" t="s">
         <v>92</v>
       </c>
       <c r="C150" s="46" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="D150" s="46" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="E150" s="55">
+        <v>161</v>
+      </c>
+      <c r="E150" s="54">
         <v>0</v>
       </c>
       <c r="F150" s="44">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:7" x14ac:dyDescent="0.15">
       <c r="A151" s="43">
         <v>0</v>
       </c>
       <c r="B151" s="46" t="s">
         <v>92</v>
       </c>
       <c r="C151" s="46" t="s">
         <v>156</v>
       </c>
       <c r="D151" s="46" t="s">
         <v>157</v>
       </c>
-      <c r="E151" s="55">
+      <c r="E151" s="54">
         <v>0</v>
       </c>
       <c r="F151" s="44">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:7" x14ac:dyDescent="0.15">
-      <c r="A152" s="37">
-[...12 lines deleted...]
-        <v>312.70999999999998</v>
+      <c r="A152" s="43">
+        <v>0</v>
+      </c>
+      <c r="B152" s="46" t="s">
+        <v>92</v>
+      </c>
+      <c r="C152" s="46" t="s">
+        <v>156</v>
+      </c>
+      <c r="D152" s="46" t="s">
+        <v>157</v>
+      </c>
+      <c r="E152" s="54">
+        <v>0</v>
       </c>
       <c r="F152" s="44">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:7" x14ac:dyDescent="0.15">
-      <c r="A153" s="43">
-[...12 lines deleted...]
-        <v>10500</v>
+      <c r="A153" s="37">
+        <v>0</v>
+      </c>
+      <c r="B153" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="C153" s="37" t="s">
+        <v>158</v>
+      </c>
+      <c r="D153" s="37" t="s">
+        <v>159</v>
+      </c>
+      <c r="E153" s="91">
+        <v>312.70999999999998</v>
       </c>
       <c r="F153" s="44">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="G153" s="51"/>
     </row>
     <row r="154" spans="1:7" x14ac:dyDescent="0.15">
       <c r="A154" s="43">
         <v>0</v>
       </c>
       <c r="B154" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C154" s="46" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="D154" s="46" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>1798</v>
+        <v>170</v>
+      </c>
+      <c r="E154" s="51">
+        <v>10500</v>
       </c>
       <c r="F154" s="44">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
+      <c r="G154" s="50"/>
     </row>
     <row r="155" spans="1:7" x14ac:dyDescent="0.15">
-      <c r="A155" s="37">
+      <c r="A155" s="43">
         <v>0</v>
       </c>
       <c r="B155" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C155" s="46" t="s">
-        <v>184</v>
-[...5 lines deleted...]
-        <v>675</v>
+        <v>171</v>
+      </c>
+      <c r="D155" s="46" t="s">
+        <v>172</v>
+      </c>
+      <c r="E155" s="51">
+        <v>1798</v>
       </c>
       <c r="F155" s="44">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:7" x14ac:dyDescent="0.15">
       <c r="A156" s="37">
         <v>0</v>
       </c>
       <c r="B156" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="46" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="D156" s="37" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>1000</v>
+        <v>185</v>
+      </c>
+      <c r="E156" s="54">
+        <v>675</v>
       </c>
       <c r="F156" s="44">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:7" x14ac:dyDescent="0.15">
       <c r="A157" s="37">
         <v>0</v>
       </c>
       <c r="B157" s="46" t="s">
         <v>13</v>
       </c>
-      <c r="C157" s="45" t="s">
-        <v>191</v>
+      <c r="C157" s="46" t="s">
+        <v>186</v>
       </c>
       <c r="D157" s="37" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-        <v>2500</v>
+        <v>187</v>
+      </c>
+      <c r="E157" s="54">
+        <v>1000</v>
       </c>
       <c r="F157" s="44">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:7" x14ac:dyDescent="0.15">
       <c r="A158" s="37">
         <v>0</v>
       </c>
       <c r="B158" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C158" s="45" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="D158" s="37" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-        <v>253.79</v>
+        <v>190</v>
+      </c>
+      <c r="E158" s="54">
+        <v>2500</v>
       </c>
       <c r="F158" s="44">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:7" x14ac:dyDescent="0.15">
       <c r="A159" s="37">
         <v>0</v>
       </c>
-      <c r="B159" s="37" t="s">
+      <c r="B159" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C159" s="45" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="D159" s="37" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>3537</v>
+        <v>189</v>
+      </c>
+      <c r="E159" s="94">
+        <v>253.79</v>
       </c>
       <c r="F159" s="44">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:7" x14ac:dyDescent="0.15">
       <c r="A160" s="37">
         <v>0</v>
       </c>
-      <c r="B160" s="46" t="s">
-        <v>194</v>
+      <c r="B160" s="37" t="s">
+        <v>13</v>
       </c>
       <c r="C160" s="45" t="s">
-        <v>204</v>
+        <v>192</v>
       </c>
       <c r="D160" s="37" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-        <v>828.93</v>
+        <v>193</v>
+      </c>
+      <c r="E160" s="91">
+        <v>3537</v>
       </c>
       <c r="F160" s="44">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.15">
-      <c r="A161" s="43">
+      <c r="A161" s="37">
         <v>0</v>
       </c>
       <c r="B161" s="46" t="s">
         <v>194</v>
       </c>
-      <c r="C161" s="46" t="s">
-        <v>205</v>
+      <c r="C161" s="45" t="s">
+        <v>204</v>
       </c>
       <c r="D161" s="37" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>1069.75</v>
+        <v>195</v>
+      </c>
+      <c r="E161" s="91">
+        <v>828.93</v>
       </c>
       <c r="F161" s="44">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A162" s="43">
         <v>0</v>
       </c>
       <c r="B162" s="46" t="s">
-        <v>13</v>
+        <v>194</v>
       </c>
       <c r="C162" s="46" t="s">
-        <v>214</v>
+        <v>205</v>
       </c>
       <c r="D162" s="37" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-        <v>5089</v>
+        <v>104</v>
+      </c>
+      <c r="E162" s="91">
+        <v>1069.75</v>
       </c>
       <c r="F162" s="44">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.15">
-      <c r="A163" s="37">
+      <c r="A163" s="43">
         <v>0</v>
       </c>
       <c r="B163" s="46" t="s">
         <v>13</v>
       </c>
-      <c r="C163" s="45" t="s">
-        <v>202</v>
+      <c r="C163" s="46" t="s">
+        <v>214</v>
       </c>
       <c r="D163" s="37" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>2296</v>
+        <v>215</v>
+      </c>
+      <c r="E163" s="51">
+        <v>5089</v>
       </c>
       <c r="F163" s="44">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A164" s="37">
         <v>0</v>
       </c>
       <c r="B164" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C164" s="45" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="D164" s="37" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>5000</v>
+        <v>200</v>
+      </c>
+      <c r="E164" s="91">
+        <v>2296</v>
       </c>
       <c r="F164" s="44">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A165" s="37">
         <v>0</v>
       </c>
       <c r="B165" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C165" s="45" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="D165" s="37" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>2400</v>
+        <v>197</v>
+      </c>
+      <c r="E165" s="57">
+        <v>5000</v>
       </c>
       <c r="F165" s="44">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A166" s="37">
         <v>0</v>
       </c>
       <c r="B166" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C166" s="45" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="D166" s="37" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-        <v>1735</v>
+        <v>199</v>
+      </c>
+      <c r="E166" s="57">
+        <v>2400</v>
       </c>
       <c r="F166" s="44">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.15">
-      <c r="A167" s="43">
+      <c r="A167" s="37">
         <v>0</v>
       </c>
       <c r="B167" s="46" t="s">
         <v>13</v>
       </c>
-      <c r="C167" s="46" t="s">
-[...6 lines deleted...]
-        <v>2500</v>
+      <c r="C167" s="45" t="s">
+        <v>201</v>
+      </c>
+      <c r="D167" s="37" t="s">
+        <v>203</v>
+      </c>
+      <c r="E167" s="94">
+        <v>1735</v>
       </c>
       <c r="F167" s="44">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.15">
-      <c r="A168" s="37">
+      <c r="A168" s="43">
         <v>0</v>
       </c>
       <c r="B168" s="46" t="s">
-        <v>37</v>
-[...8 lines deleted...]
-        <v>1</v>
+        <v>13</v>
+      </c>
+      <c r="C168" s="46" t="s">
+        <v>206</v>
+      </c>
+      <c r="D168" s="46" t="s">
+        <v>207</v>
+      </c>
+      <c r="E168" s="54">
+        <v>2500</v>
       </c>
       <c r="F168" s="44">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A169" s="37">
         <v>0</v>
       </c>
       <c r="B169" s="46" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C169" s="45" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="D169" s="37" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>1054.8</v>
+        <v>209</v>
+      </c>
+      <c r="E169" s="51">
+        <v>1</v>
       </c>
       <c r="F169" s="44">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A170" s="37">
         <v>0</v>
       </c>
       <c r="B170" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C170" s="45" t="s">
-        <v>225</v>
+        <v>213</v>
       </c>
       <c r="D170" s="37" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>20000</v>
+        <v>212</v>
+      </c>
+      <c r="E170" s="91">
+        <v>1054.8</v>
       </c>
       <c r="F170" s="44">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A171" s="37">
         <v>0</v>
       </c>
       <c r="B171" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C171" s="45" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="D171" s="37" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-        <v>5000</v>
+        <v>226</v>
+      </c>
+      <c r="E171" s="94">
+        <v>20000</v>
       </c>
       <c r="F171" s="44">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="H171" s="5"/>
-      <c r="I171" s="5"/>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A172" s="37">
         <v>0</v>
       </c>
       <c r="B172" s="46" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C172" s="45" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D172" s="37" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>0.28000000000000003</v>
+        <v>227</v>
+      </c>
+      <c r="E172" s="94">
+        <v>5000</v>
       </c>
       <c r="F172" s="44">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
+      <c r="H172" s="5"/>
       <c r="I172" s="5"/>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.15">
       <c r="A173" s="37">
         <v>0</v>
       </c>
       <c r="B173" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C173" s="45" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="D173" s="37" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-        <v>0.72</v>
+        <v>231</v>
+      </c>
+      <c r="E173" s="94">
+        <v>0.28000000000000003</v>
       </c>
       <c r="F173" s="44">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
+      <c r="I173" s="5"/>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.15">
-      <c r="A174" s="43">
+      <c r="A174" s="37">
         <v>0</v>
       </c>
       <c r="B174" s="46" t="s">
-        <v>92</v>
+        <v>37</v>
       </c>
       <c r="C174" s="45" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="D174" s="37" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>25000</v>
+        <v>232</v>
+      </c>
+      <c r="E174" s="94">
+        <v>0.72</v>
       </c>
       <c r="F174" s="44">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
-    <row r="175" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A175" s="37">
+    <row r="175" spans="1:9" x14ac:dyDescent="0.15">
+      <c r="A175" s="43">
         <v>0</v>
       </c>
       <c r="B175" s="46" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="C175" s="45" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="D175" s="37" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-        <v>8041.88</v>
+        <v>236</v>
+      </c>
+      <c r="E175" s="54">
+        <v>25000</v>
       </c>
       <c r="F175" s="44">
-        <f>(A175*E175)</f>
+        <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A176" s="37">
         <v>0</v>
       </c>
       <c r="B176" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C176" s="45" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="D176" s="37" t="s">
-        <v>239</v>
-[...2 lines deleted...]
-        <v>635.91</v>
+        <v>234</v>
+      </c>
+      <c r="E176" s="94">
+        <v>8041.88</v>
       </c>
       <c r="F176" s="44">
         <f>(A176*E176)</f>
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A177" s="37">
         <v>0</v>
       </c>
       <c r="B177" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C177" s="45" t="s">
+        <v>238</v>
+      </c>
+      <c r="D177" s="37" t="s">
+        <v>239</v>
+      </c>
+      <c r="E177" s="91">
+        <v>635.91</v>
+      </c>
+      <c r="F177" s="44">
+        <f>(A177*E177)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="178" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A178" s="37">
+        <v>0</v>
+      </c>
+      <c r="B178" s="46" t="s">
+        <v>13</v>
+      </c>
+      <c r="C178" s="45" t="s">
+        <v>242</v>
+      </c>
+      <c r="D178" s="37" t="s">
         <v>243</v>
       </c>
-      <c r="D177" s="37" t="s">
-[...2 lines deleted...]
-      <c r="E177" s="52">
+      <c r="E178" s="51">
         <v>2000</v>
       </c>
-      <c r="F177" s="47">
-[...21 lines deleted...]
-        <f t="shared" ref="F178:F190" si="3">(A178*E178)</f>
+      <c r="F178" s="47">
+        <f>(A178*E178)</f>
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A179" s="5">
         <v>0</v>
       </c>
-      <c r="B179" s="13" t="s">
+      <c r="B179" s="23" t="s">
         <v>37</v>
       </c>
       <c r="C179" s="15" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="D179" s="5" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-        <v>9.48</v>
+        <v>247</v>
+      </c>
+      <c r="E179" s="95">
+        <v>7.04</v>
       </c>
       <c r="F179" s="12">
-        <f t="shared" si="3"/>
-[...3 lines deleted...]
-    <row r="180" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+        <f t="shared" ref="F179:F191" si="3">(A179*E179)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="180" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A180" s="5">
         <v>0</v>
       </c>
       <c r="B180" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C180" s="15" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="D180" s="5" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>11.71</v>
+        <v>248</v>
+      </c>
+      <c r="E180" s="95">
+        <v>9.48</v>
       </c>
       <c r="F180" s="12">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
-    <row r="181" spans="1:6" x14ac:dyDescent="0.15">
+    <row r="181" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A181" s="5">
         <v>0</v>
       </c>
       <c r="B181" s="13" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C181" s="15" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="D181" s="5" t="s">
-        <v>253</v>
-[...2 lines deleted...]
-        <v>9236.5300000000007</v>
+        <v>249</v>
+      </c>
+      <c r="E181" s="95">
+        <v>11.71</v>
       </c>
       <c r="F181" s="12">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A182" s="5">
         <v>0</v>
       </c>
       <c r="B182" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C182" s="15" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="D182" s="5" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-        <v>2391.42</v>
+        <v>252</v>
+      </c>
+      <c r="E182" s="49">
+        <v>9236.5300000000007</v>
       </c>
       <c r="F182" s="12">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A183" s="5">
         <v>0</v>
       </c>
       <c r="B183" s="13" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C183" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D183" s="5" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-        <v>0.94</v>
+        <v>257</v>
+      </c>
+      <c r="E183" s="85">
+        <v>2391.42</v>
       </c>
       <c r="F183" s="12">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A184" s="5">
         <v>0</v>
       </c>
       <c r="B184" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C184" s="15" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="D184" s="5" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-        <v>5.04</v>
+        <v>253</v>
+      </c>
+      <c r="E184" s="95">
+        <v>0.94</v>
       </c>
       <c r="F184" s="12">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A185" s="5">
         <v>0</v>
       </c>
       <c r="B185" s="13" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C185" s="15" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="D185" s="5" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-        <v>1977.39</v>
+        <v>258</v>
+      </c>
+      <c r="E185" s="95">
+        <v>5.04</v>
       </c>
       <c r="F185" s="12">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A186" s="5">
         <v>0</v>
       </c>
       <c r="B186" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="C186" s="20" t="s">
-        <v>262</v>
+      <c r="C186" s="15" t="s">
+        <v>259</v>
       </c>
       <c r="D186" s="5" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-        <v>1497.63</v>
+        <v>260</v>
+      </c>
+      <c r="E186" s="61">
+        <v>1977.39</v>
       </c>
       <c r="F186" s="12">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A187" s="5">
         <v>0</v>
       </c>
       <c r="B187" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C187" s="20" t="s">
-        <v>268</v>
+        <v>261</v>
       </c>
       <c r="D187" s="5" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>250</v>
+        <v>266</v>
+      </c>
+      <c r="E187" s="62">
+        <v>1497.63</v>
       </c>
       <c r="F187" s="12">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A188" s="5">
         <v>0</v>
       </c>
       <c r="B188" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="C188" s="100" t="s">
-        <v>273</v>
+      <c r="C188" s="20" t="s">
+        <v>267</v>
       </c>
       <c r="D188" s="5" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-        <v>5000</v>
+        <v>268</v>
+      </c>
+      <c r="E188" s="62">
+        <v>250</v>
       </c>
       <c r="F188" s="12">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A189" s="5">
         <v>0</v>
       </c>
       <c r="B189" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="C189" s="100" t="s">
-        <v>277</v>
+      <c r="C189" s="96" t="s">
+        <v>272</v>
       </c>
       <c r="D189" s="5" t="s">
-        <v>278</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>273</v>
+      </c>
+      <c r="E189" s="62">
+        <v>5000</v>
       </c>
       <c r="F189" s="12">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A190" s="5">
         <v>0</v>
       </c>
       <c r="B190" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="C190" s="100" t="s">
-        <v>275</v>
+      <c r="C190" s="96" t="s">
+        <v>276</v>
       </c>
       <c r="D190" s="5" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="E190" s="63">
+        <v>277</v>
+      </c>
+      <c r="E190" s="62">
         <v>2000</v>
       </c>
       <c r="F190" s="12">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:6" x14ac:dyDescent="0.15">
-      <c r="F191" s="12"/>
+      <c r="A191" s="5">
+        <v>0</v>
+      </c>
+      <c r="B191" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="C191" s="96" t="s">
+        <v>274</v>
+      </c>
+      <c r="D191" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="E191" s="62">
+        <v>2000</v>
+      </c>
+      <c r="F191" s="12">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="192" spans="1:6" x14ac:dyDescent="0.15">
+      <c r="F192" s="12"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A11:F200">
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A11:F201">
     <sortCondition ref="C10"/>
   </sortState>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>